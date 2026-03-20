--- v0 (2025-12-05)
+++ v1 (2026-03-20)
@@ -1,139 +1,139 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="3D38CE0D" w14:textId="4215D46B" w:rsidR="0003060C" w:rsidRDefault="009450D9" w:rsidP="00850D48">
+    <w:p w:rsidR="0003060C" w:rsidP="00850D48" w:rsidRDefault="009450D9" w14:paraId="3D38CE0D" w14:textId="4215D46B">
       <w:pPr>
         <w:pStyle w:val="SubtituloTitulosPrincipais"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CE0BB5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:color w:val="auto"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33046E52" wp14:editId="7106E1DB">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="33046E52" wp14:editId="3EB7364A">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
-                  <wp:posOffset>-17780</wp:posOffset>
+                  <wp:posOffset>99060</wp:posOffset>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>-339725</wp:posOffset>
+                  <wp:posOffset>-403225</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6153150" cy="8239125"/>
-                <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
+                <wp:extent cx="6153150" cy="8496300"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="19050"/>
                 <wp:wrapNone/>
                 <wp:docPr id="217" name="Caixa de Texto 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr txBox="1">
                         <a:spLocks noChangeArrowheads="1"/>
                       </wps:cNvSpPr>
                       <wps:spPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6153150" cy="8239125"/>
+                          <a:ext cx="6153150" cy="8496300"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FFFFFF"/>
                         </a:solidFill>
                         <a:ln w="9525">
                           <a:solidFill>
                             <a:srgbClr val="000000"/>
                           </a:solidFill>
                           <a:miter lim="800000"/>
                           <a:headEnd/>
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
-                          <w:p w14:paraId="2DA4D422" w14:textId="77777777" w:rsidR="0003060C" w:rsidRDefault="0003060C" w:rsidP="0003060C">
+                          <w:p w:rsidR="0003060C" w:rsidP="0003060C" w:rsidRDefault="0003060C" w14:paraId="2DA4D422" w14:textId="77777777">
                             <w:pPr>
                               <w:pStyle w:val="SubtituloTitulosPrincipais"/>
                               <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="auto"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="0005072F">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="auto"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>REVISTA PARTICIPAÇÃO</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="276AEC87" w14:textId="32D52EB0" w:rsidR="0003060C" w:rsidRDefault="0003060C" w:rsidP="0003060C">
+                          <w:p w:rsidR="0003060C" w:rsidP="0003060C" w:rsidRDefault="0003060C" w14:paraId="276AEC87" w14:textId="32D52EB0">
                             <w:pPr>
                               <w:pStyle w:val="SubtituloTitulosPrincipais"/>
                               <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="auto"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="0005072F">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="auto"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>Modelo de Submissão de Artigos</w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
@@ -143,543 +143,451 @@
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve"> – </w:t>
                             </w:r>
                             <w:r w:rsidRPr="00580138">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t xml:space="preserve">Versão </w:t>
                             </w:r>
                             <w:r>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                               <w:t>IDENTIFICADA</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="4C6D411B" w14:textId="76C1A121" w:rsidR="009450D9" w:rsidRPr="009450D9" w:rsidRDefault="009450D9" w:rsidP="009450D9">
+                          <w:p w:rsidRPr="009450D9" w:rsidR="009450D9" w:rsidP="009450D9" w:rsidRDefault="009450D9" w14:paraId="4C6D411B" w14:textId="76C1A121">
                             <w:pPr>
                               <w:pStyle w:val="SubtituloTitulosPrincipais"/>
                               <w:spacing w:before="240" w:after="240" w:line="320" w:lineRule="exact"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                             </w:pPr>
+                            <w:bookmarkStart w:name="_Hlk216253764" w:id="0"/>
                             <w:r w:rsidRPr="009450D9">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:t>Disposições Gerais</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="16677BE8" w14:textId="722FB2A3" w:rsidR="009450D9" w:rsidRPr="009450D9" w:rsidRDefault="009450D9" w:rsidP="009450D9">
+                          <w:p w:rsidRPr="009450D9" w:rsidR="009450D9" w:rsidP="009450D9" w:rsidRDefault="009450D9" w14:paraId="16677BE8" w14:textId="722FB2A3">
                             <w:pPr>
                               <w:pStyle w:val="OrientaesGerais"/>
                             </w:pPr>
                             <w:r w:rsidRPr="009450D9">
                               <w:t>No momento da submissão, devem constar 2 arquivos: (a) um artigo anonimizado e (b) um artigo identificado</w:t>
                             </w:r>
                             <w:r w:rsidR="005769F6">
                               <w:t>.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="1B09379E" w14:textId="77777777" w:rsidR="009450D9" w:rsidRPr="009450D9" w:rsidRDefault="009450D9" w:rsidP="009450D9">
+                          <w:p w:rsidRPr="009450D9" w:rsidR="009450D9" w:rsidP="009450D9" w:rsidRDefault="009450D9" w14:paraId="1B09379E" w14:textId="492CDA08">
                             <w:pPr>
                               <w:pStyle w:val="OrientaesGerais-TopicoLetra"/>
                             </w:pPr>
                             <w:r w:rsidRPr="005F7B9D">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                               <w:t>O ARTIGO ANONIMIZADO</w:t>
                             </w:r>
                             <w:r w:rsidRPr="009450D9">
                               <w:t xml:space="preserve"> </w:t>
                             </w:r>
                             <w:r w:rsidRPr="005F7B9D">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:color w:val="FF0000"/>
                               </w:rPr>
                               <w:t>não deve possuir nenhum tipo de identificação</w:t>
                             </w:r>
                             <w:r w:rsidRPr="009450D9">
-                              <w:t>. Recomenda-se atenção para nomear os arquivos e para que para que os comentários feitos durante o processo de revisão sejam excluídos.</w:t>
+                              <w:t>. Recomenda-se atenção para nomear os arquivos e para que</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00587BCA">
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="009450D9">
+                              <w:t>os comentários feitos durante o processo de revisão sejam excluídos.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="4BA7750D" w14:textId="77777777" w:rsidR="009450D9" w:rsidRPr="009450D9" w:rsidRDefault="009450D9" w:rsidP="009450D9">
+                          <w:p w:rsidRPr="009450D9" w:rsidR="009450D9" w:rsidP="009450D9" w:rsidRDefault="009450D9" w14:paraId="4BA7750D" w14:textId="2BF4ED76">
                             <w:pPr>
                               <w:pStyle w:val="OrientaesGerais-TopicoLetra"/>
                             </w:pPr>
                             <w:r w:rsidRPr="005F7B9D">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                               <w:t>O ARTIGO IDENTIFICADO</w:t>
                             </w:r>
                             <w:r w:rsidRPr="009450D9">
-                              <w:t xml:space="preserve"> deve conter somente as informações adicionais solicitadas, as quais estão </w:t>
+                              <w:t xml:space="preserve"> deve conter somente as informações adicionais solicitadas</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="005F7B9D">
-[...7 lines deleted...]
-                              <w:t>.</w:t>
+                            <w:r w:rsidR="00D1175F">
+                              <w:t xml:space="preserve">. </w:t>
                             </w:r>
                             <w:r w:rsidRPr="009450D9">
-                              <w:t xml:space="preserve"> Os dados devem ser completos e atualizados. </w:t>
+                              <w:t>Os dados devem ser completos e atualizados. </w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="6A74CC1E" w14:textId="677B69CF" w:rsidR="009450D9" w:rsidRDefault="009450D9" w:rsidP="009450D9">
+                          <w:p w:rsidR="009450D9" w:rsidP="009450D9" w:rsidRDefault="009450D9" w14:paraId="6A74CC1E" w14:textId="677B69CF">
                             <w:pPr>
                               <w:pStyle w:val="SubtituloTitulosPrincipais"/>
                               <w:spacing w:before="240" w:after="240"/>
                               <w:jc w:val="center"/>
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                               </w:rPr>
                             </w:pPr>
                             <w:r w:rsidRPr="009450D9">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                                 <w:sz w:val="24"/>
                                 <w:szCs w:val="24"/>
                                 <w:u w:val="single"/>
                               </w:rPr>
                               <w:t>Formatação</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="1E024B2F" w14:textId="120F5762" w:rsidR="009450D9" w:rsidRPr="009450D9" w:rsidRDefault="009450D9" w:rsidP="009450D9">
+                          <w:p w:rsidRPr="009450D9" w:rsidR="009450D9" w:rsidP="009450D9" w:rsidRDefault="009450D9" w14:paraId="1E024B2F" w14:textId="120F5762">
                             <w:pPr>
                               <w:pStyle w:val="OrientaesGerais"/>
                               <w:numPr>
                                 <w:ilvl w:val="0"/>
                                 <w:numId w:val="11"/>
                               </w:numPr>
                             </w:pPr>
+                            <w:bookmarkStart w:name="_Hlk216253733" w:id="1"/>
                             <w:r w:rsidRPr="009450D9">
                               <w:t xml:space="preserve"> Os arquivos devem ser submetidos em </w:t>
                             </w:r>
                             <w:r w:rsidRPr="009450D9">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                               <w:t>formato editável</w:t>
                             </w:r>
                             <w:r w:rsidRPr="009450D9">
                               <w:t xml:space="preserve"> (</w:t>
                             </w:r>
                             <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidRPr="009450D9">
                               <w:t>ex</w:t>
                             </w:r>
                             <w:proofErr w:type="spellEnd"/>
                             <w:r w:rsidRPr="009450D9">
                               <w:t>: Microsoft Word ou OpenOffice)</w:t>
                             </w:r>
                             <w:r>
                               <w:t>;</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="590AFC80" w14:textId="111A8940" w:rsidR="009450D9" w:rsidRPr="009450D9" w:rsidRDefault="009450D9" w:rsidP="009450D9">
+                          <w:p w:rsidR="009450D9" w:rsidP="00C41210" w:rsidRDefault="009450D9" w14:paraId="590AFC80" w14:textId="283BD1C6">
                             <w:pPr>
                               <w:pStyle w:val="OrientaesGerais"/>
+                              <w:ind w:left="357" w:hanging="357"/>
                             </w:pPr>
+                            <w:bookmarkStart w:name="_Hlk216253708" w:id="2"/>
                             <w:r>
                               <w:t xml:space="preserve">Os elementos textuais </w:t>
                             </w:r>
                             <w:r w:rsidRPr="009450D9">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                               <w:t>devem seguir as normas ABNT</w:t>
                             </w:r>
                             <w:r w:rsidR="005F7B9D">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                               <w:t xml:space="preserve"> e formatação do </w:t>
                             </w:r>
                             <w:proofErr w:type="spellStart"/>
                             <w:r w:rsidR="005F7B9D">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                               <w:t>template</w:t>
                             </w:r>
                             <w:proofErr w:type="spellEnd"/>
                             <w:r>
-                              <w:t>, conforme disposto nesse documento;</w:t>
+                              <w:t>, conforme disposto nesse documento</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00C41210">
+                              <w:t>:</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="15859DB5" w14:textId="4289C3DE" w:rsidR="009450D9" w:rsidRPr="009450D9" w:rsidRDefault="009450D9" w:rsidP="009450D9">
+                          <w:p w:rsidR="00C41210" w:rsidP="00C41210" w:rsidRDefault="00C41210" w14:paraId="7520C975" w14:textId="4A2AD290">
+                            <w:pPr>
+                              <w:pStyle w:val="OrientaesGerais"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="0"/>
+                              </w:numPr>
+                              <w:spacing w:before="0"/>
+                              <w:ind w:left="357"/>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00C41210">
+                              <w:t xml:space="preserve">Recomenda-se fonte </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00F74A83">
+                              <w:t>Georgia, 10pt</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00C41210">
+                              <w:t xml:space="preserve">; </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00C41210" w:rsidP="00C41210" w:rsidRDefault="00C41210" w14:paraId="1C19F28A" w14:textId="77777777">
+                            <w:pPr>
+                              <w:pStyle w:val="OrientaesGerais"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="0"/>
+                              </w:numPr>
+                              <w:spacing w:before="0"/>
+                              <w:ind w:left="357"/>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00C41210">
+                              <w:t xml:space="preserve">Referências: conforme a NBR 6023; </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00C41210" w:rsidP="00C41210" w:rsidRDefault="00C41210" w14:paraId="33D56D43" w14:textId="77777777">
+                            <w:pPr>
+                              <w:pStyle w:val="OrientaesGerais"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="0"/>
+                              </w:numPr>
+                              <w:spacing w:before="0"/>
+                              <w:ind w:left="357"/>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00C41210">
+                              <w:t xml:space="preserve">Citações: conforme a NBR 10520; </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00C41210" w:rsidP="00C41210" w:rsidRDefault="00C41210" w14:paraId="6F61FE37" w14:textId="77777777">
+                            <w:pPr>
+                              <w:pStyle w:val="OrientaesGerais"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="0"/>
+                              </w:numPr>
+                              <w:spacing w:before="0"/>
+                              <w:ind w:left="357"/>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00C41210">
+                              <w:t xml:space="preserve">Resumo: conforme a NBR 6028; </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidR="00C41210" w:rsidP="00C41210" w:rsidRDefault="00C41210" w14:paraId="67956F79" w14:textId="77777777">
+                            <w:pPr>
+                              <w:pStyle w:val="OrientaesGerais"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="0"/>
+                              </w:numPr>
+                              <w:spacing w:before="0"/>
+                              <w:ind w:left="357"/>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00C41210">
+                              <w:t xml:space="preserve">Numeração progressiva das seções e subseções dos artigos dividem-se conforme a NBR 6024; </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w:rsidRPr="009450D9" w:rsidR="004056BB" w:rsidP="00C41210" w:rsidRDefault="00C41210" w14:paraId="4199A8ED" w14:textId="1D628502">
+                            <w:pPr>
+                              <w:pStyle w:val="OrientaesGerais"/>
+                              <w:numPr>
+                                <w:ilvl w:val="0"/>
+                                <w:numId w:val="0"/>
+                              </w:numPr>
+                              <w:spacing w:before="0"/>
+                              <w:ind w:left="357"/>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00C41210">
+                              <w:t>Notas de tabelas: conforme as normas de tabular do IBGE.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:bookmarkEnd w:id="1"/>
+                          <w:bookmarkEnd w:id="2"/>
+                          <w:p w:rsidRPr="009450D9" w:rsidR="009450D9" w:rsidP="009450D9" w:rsidRDefault="009450D9" w14:paraId="15859DB5" w14:textId="4289C3DE">
                             <w:pPr>
                               <w:pStyle w:val="OrientaesGerais"/>
                             </w:pPr>
                             <w:r w:rsidRPr="009450D9">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                               <w:t>Idiomas de publicação:</w:t>
                             </w:r>
                             <w:r w:rsidRPr="009450D9">
-                              <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-                              <w:t xml:space="preserve"> e em Inglês (e, se for o caso, também em Espanhol)</w:t>
+                              <w:t xml:space="preserve"> Português e Espanhol. Títulos, resumos e palavras-chave devem ser escritos em Português e em Inglês (e, se for o caso, também em Espanhol)</w:t>
                             </w:r>
                             <w:r>
                               <w:t>;</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="41FFEF1D" w14:textId="40C96CDD" w:rsidR="009450D9" w:rsidRPr="009450D9" w:rsidRDefault="009450D9" w:rsidP="009450D9">
+                          <w:p w:rsidRPr="009450D9" w:rsidR="009450D9" w:rsidP="009450D9" w:rsidRDefault="009450D9" w14:paraId="41FFEF1D" w14:textId="40C96CDD">
                             <w:pPr>
                               <w:pStyle w:val="OrientaesGerais"/>
                             </w:pPr>
                             <w:r w:rsidRPr="009450D9">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                               <w:t>Autores:</w:t>
                             </w:r>
                             <w:r w:rsidRPr="009450D9">
                               <w:t xml:space="preserve"> no máximo 4 autores(as), sendo necessário que pelo menos 01 autor(a) possua título de Pós-Graduação em nível de Doutorado</w:t>
                             </w:r>
                             <w:r>
                               <w:t>;</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="1284F485" w14:textId="77777777" w:rsidR="009450D9" w:rsidRPr="009450D9" w:rsidRDefault="009450D9" w:rsidP="009450D9">
+                          <w:p w:rsidRPr="009450D9" w:rsidR="009450D9" w:rsidP="009450D9" w:rsidRDefault="009450D9" w14:paraId="1284F485" w14:textId="30B170BB">
                             <w:pPr>
                               <w:pStyle w:val="OrientaesGerais"/>
                             </w:pPr>
                             <w:r w:rsidRPr="009450D9">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                               <w:t>Palavras:</w:t>
                             </w:r>
                             <w:r w:rsidRPr="009450D9">
-                              <w:t xml:space="preserve"> no mínimo 9.000 palavras, incluindo Título, Resumo e Referências.</w:t>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00587BCA" w:rsidR="00587BCA">
+                              <w:t>no mínimo 4.500 palavras e no máximo 9.000 palavras; excetuando as referências.</w:t>
                             </w:r>
                           </w:p>
-                          <w:p w14:paraId="11A542A6" w14:textId="7C802C84" w:rsidR="009450D9" w:rsidRPr="009450D9" w:rsidRDefault="009450D9" w:rsidP="009450D9">
+                          <w:p w:rsidRPr="00CF7084" w:rsidR="009450D9" w:rsidP="00CF7084" w:rsidRDefault="009450D9" w14:paraId="52A5AA73" w14:textId="21D93981">
                             <w:pPr>
                               <w:pStyle w:val="OrientaesGerais"/>
                             </w:pPr>
                             <w:r w:rsidRPr="009450D9">
                               <w:t xml:space="preserve">Este documento </w:t>
                             </w:r>
-                            <w:r w:rsidR="005F7B9D" w:rsidRPr="009450D9">
+                            <w:r w:rsidRPr="009450D9" w:rsidR="005F7B9D">
                               <w:rPr>
                                 <w:b/>
                                 <w:bCs/>
                               </w:rPr>
                               <w:t>não deve conter numeração de páginas</w:t>
                             </w:r>
-                            <w:r w:rsidRPr="009450D9">
-[...1 lines deleted...]
-                            </w:r>
+                            <w:bookmarkEnd w:id="0"/>
                           </w:p>
-                          <w:p w14:paraId="3E788B23" w14:textId="77777777" w:rsidR="009450D9" w:rsidRDefault="009450D9" w:rsidP="009450D9">
-[...172 lines deleted...]
-                          <w:p w14:paraId="1A835708" w14:textId="77777777" w:rsidR="00763A16" w:rsidRDefault="00763A16" w:rsidP="00763A16">
+                          <w:p w:rsidR="00763A16" w:rsidP="00CF7084" w:rsidRDefault="00763A16" w14:paraId="1A835708" w14:textId="77777777">
                             <w:pPr>
                               <w:pStyle w:val="SubtituloTitulosPrincipais"/>
                               <w:spacing w:before="120" w:after="120" w:line="280" w:lineRule="exact"/>
-                              <w:ind w:left="357"/>
-                              <w:jc w:val="center"/>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-              <v:shapetype w14:anchorId="33046E52" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+            <w:pict w14:anchorId="6CEE8CB8">
+              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe" w14:anchorId="33046E52">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
-              <v:shape id="Caixa de Texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-1.4pt;margin-top:-26.75pt;width:484.5pt;height:648.75pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDRr3wbDgIAACAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vjhOk64x4hRdugwD&#10;ugvQ7QNoWY6FyaImKbG7ry+luGl2wR6G6UEgReqQPCRX10On2UE6r9CUPJ9MOZNGYK3MruRfv2xf&#10;XXHmA5gaNBpZ8gfp+fX65YtVbws5wxZ1LR0jEOOL3pa8DcEWWeZFKzvwE7TSkLFB10Eg1e2y2kFP&#10;6J3OZtPpZdajq61DIb2n19ujka8TftNIET41jZeB6ZJTbiHdLt1VvLP1CoqdA9sqMaYB/5BFB8pQ&#10;0BPULQRge6d+g+qUcOixCROBXYZNo4RMNVA1+fSXau5bsDLVQuR4e6LJ/z9Y8fFwbz87FoY3OFAD&#10;UxHe3qH45pnBTQtmJ2+cw76VUFPgPFKW9dYX49dItS98BKn6D1hTk2EfMAENjesiK1QnI3RqwMOJ&#10;dDkEJujxMl9c5AsyCbJdzS6W+WyRYkDx9N06H95J7FgUSu6oqwkeDnc+xHSgeHKJ0TxqVW+V1klx&#10;u2qjHTsATcA2nRH9JzdtWF/y5YJi/x1ims6fIDoVaJS16qiMkxMUkbe3pk6DFkDpo0wpazMSGbk7&#10;shiGaiDHSGiF9QNR6vA4srRiJLTofnDW07iW3H/fg5Oc6feG2rLM5/M430mZL17PSHHnlurcAkYQ&#10;VMkDZ0dxE9JOxNIN3lD7GpWIfc5kzJXGMPE9rkyc83M9eT0v9voRAAD//wMAUEsDBBQABgAIAAAA&#10;IQBZwuHd4QAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCQuaEvpurKVphNC&#10;ArEbDATXrPHaisQpTdaVt8ec4GRZ/vT7+8vN5KwYcQidJwXX8wQEUu1NR42Ct9eH2QpEiJqMtp5Q&#10;wTcG2FTnZ6UujD/RC4672AgOoVBoBW2MfSFlqFt0Osx9j8S3gx+cjrwOjTSDPnG4szJNklw63RF/&#10;aHWP9y3Wn7ujU7DKnsaPsF08v9f5wa7j1c34+DUodXkx3d2CiDjFPxh+9VkdKnba+yOZIKyCWcrm&#10;kedysQTBwDrPUxB7JtMsS0BWpfzfofoBAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA0a98&#10;Gw4CAAAgBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;WcLh3eEAAAALAQAADwAAAAAAAAAAAAAAAABoBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAHYFAAAAAA==&#10;">
+              <v:shape id="Caixa de Texto 2" style="position:absolute;margin-left:7.8pt;margin-top:-31.75pt;width:484.5pt;height:669pt;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:top" o:spid="_x0000_s1026" type="#_x0000_t202" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDERoKfEQIAACAEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N7azSbqx4qy22aaq&#10;tL1I234AxjhGBYYCiZ1+/Q44m4227UtVHhDDDIeZM2dWN4NW5CCcl2AqWkxySoTh0Eizq+j3b9s3&#10;15T4wEzDFBhR0aPw9Gb9+tWqt6WYQgeqEY4giPFlbyvahWDLLPO8E5r5CVhh0NmC0yyg6XZZ41iP&#10;6Fpl0zxfZD24xjrgwnu8vRuddJ3w21bw8KVtvQhEVRRzC2l3aa/jnq1XrNw5ZjvJT2mwf8hCM2nw&#10;0zPUHQuM7J38DUpL7sBDGyYcdAZtK7lINWA1Rf6imoeOWZFqQXK8PdPk/x8s/3x4sF8dCcM7GLCB&#10;qQhv74H/8MTApmNmJ26dg74TrMGPi0hZ1ltfnp5Gqn3pI0jdf4IGm8z2ARLQ0DodWcE6CaJjA45n&#10;0sUQCMfLRTG/Kubo4ui7ni0XV3lqS8bKp+fW+fBBgCbxUFGHXU3w7HDvQ0yHlU8h8TcPSjZbqVQy&#10;3K7eKEcODBWwTStV8CJMGdJXdDmfzkcG/gqRp/UnCC0DSllJjWWcg1gZeXtvmiS0wKQaz5iyMici&#10;I3cji2GoBwyMhNbQHJFSB6NkccTw0IH7RUmPcq2o/7lnTlCiPhpsy7KYzaK+kzGbv52i4S499aWH&#10;GY5QFQ2UjMdNSDMRCTNwi+1rZSL2OZNTrijDxPdpZKLOL+0U9TzY60cAAAD//wMAUEsDBBQABgAI&#10;AAAAIQBqBvpE4AAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyDtUhcUOvQJmka&#10;4lQICQQ3KFW5urGbRNjrYLtp+HuWExxn52l2ptpM1rBR+9A7FHA7T4BpbJzqsRWwe3+cFcBClKik&#10;cagFfOsAm/ryopKlcmd80+M2toxCMJRSQBfjUHIemk5bGeZu0Eje0XkrI0nfcuXlmcKt4YskybmV&#10;PdKHTg76odPN5/ZkBRTp8/gRXpav+yY/mnW8WY1PX16I66vp/g5Y1FP8g+G3PlWHmjod3AlVYIZ0&#10;lhMpYJYvM2AErIuULgdyFqs0A15X/P+G+gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDE&#10;RoKfEQIAACAEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQBqBvpE4AAAAAsBAAAPAAAAAAAAAAAAAAAAAGsEAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;">
                 <v:textbox>
                   <w:txbxContent>
-                    <w:p w14:paraId="2DA4D422" w14:textId="77777777" w:rsidR="0003060C" w:rsidRDefault="0003060C" w:rsidP="0003060C">
+                    <w:p w:rsidR="0003060C" w:rsidP="0003060C" w:rsidRDefault="0003060C" w14:paraId="55BA10AA" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="SubtituloTitulosPrincipais"/>
                         <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="auto"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="0005072F">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="auto"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>REVISTA PARTICIPAÇÃO</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="276AEC87" w14:textId="32D52EB0" w:rsidR="0003060C" w:rsidRDefault="0003060C" w:rsidP="0003060C">
+                    <w:p w:rsidR="0003060C" w:rsidP="0003060C" w:rsidRDefault="0003060C" w14:paraId="5E74A273" w14:textId="32D52EB0">
                       <w:pPr>
                         <w:pStyle w:val="SubtituloTitulosPrincipais"/>
                         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="auto"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="0005072F">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="auto"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>Modelo de Submissão de Artigos</w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
@@ -689,2152 +597,2212 @@
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve"> – </w:t>
                       </w:r>
                       <w:r w:rsidRPr="00580138">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t xml:space="preserve">Versão </w:t>
                       </w:r>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                         <w:t>IDENTIFICADA</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="4C6D411B" w14:textId="76C1A121" w:rsidR="009450D9" w:rsidRPr="009450D9" w:rsidRDefault="009450D9" w:rsidP="009450D9">
+                    <w:p w:rsidRPr="009450D9" w:rsidR="009450D9" w:rsidP="009450D9" w:rsidRDefault="009450D9" w14:paraId="2352A9CB" w14:textId="76C1A121">
                       <w:pPr>
                         <w:pStyle w:val="SubtituloTitulosPrincipais"/>
                         <w:spacing w:before="240" w:after="240" w:line="320" w:lineRule="exact"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="009450D9">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                         <w:t>Disposições Gerais</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="16677BE8" w14:textId="722FB2A3" w:rsidR="009450D9" w:rsidRPr="009450D9" w:rsidRDefault="009450D9" w:rsidP="009450D9">
+                    <w:p w:rsidRPr="009450D9" w:rsidR="009450D9" w:rsidP="009450D9" w:rsidRDefault="009450D9" w14:paraId="0587CACE" w14:textId="722FB2A3">
                       <w:pPr>
                         <w:pStyle w:val="OrientaesGerais"/>
                       </w:pPr>
                       <w:r w:rsidRPr="009450D9">
                         <w:t>No momento da submissão, devem constar 2 arquivos: (a) um artigo anonimizado e (b) um artigo identificado</w:t>
                       </w:r>
                       <w:r w:rsidR="005769F6">
                         <w:t>.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="1B09379E" w14:textId="77777777" w:rsidR="009450D9" w:rsidRPr="009450D9" w:rsidRDefault="009450D9" w:rsidP="009450D9">
+                    <w:p w:rsidRPr="009450D9" w:rsidR="009450D9" w:rsidP="009450D9" w:rsidRDefault="009450D9" w14:paraId="3092CB1E" w14:textId="492CDA08">
                       <w:pPr>
                         <w:pStyle w:val="OrientaesGerais-TopicoLetra"/>
                       </w:pPr>
                       <w:r w:rsidRPr="005F7B9D">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                         <w:t>O ARTIGO ANONIMIZADO</w:t>
                       </w:r>
                       <w:r w:rsidRPr="009450D9">
                         <w:t xml:space="preserve"> </w:t>
                       </w:r>
                       <w:r w:rsidRPr="005F7B9D">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:color w:val="FF0000"/>
                         </w:rPr>
                         <w:t>não deve possuir nenhum tipo de identificação</w:t>
                       </w:r>
                       <w:r w:rsidRPr="009450D9">
-                        <w:t>. Recomenda-se atenção para nomear os arquivos e para que para que os comentários feitos durante o processo de revisão sejam excluídos.</w:t>
+                        <w:t>. Recomenda-se atenção para nomear os arquivos e para que</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00587BCA">
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="009450D9">
+                        <w:t>os comentários feitos durante o processo de revisão sejam excluídos.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="4BA7750D" w14:textId="77777777" w:rsidR="009450D9" w:rsidRPr="009450D9" w:rsidRDefault="009450D9" w:rsidP="009450D9">
+                    <w:p w:rsidRPr="009450D9" w:rsidR="009450D9" w:rsidP="009450D9" w:rsidRDefault="009450D9" w14:paraId="45EBF819" w14:textId="2BF4ED76">
                       <w:pPr>
                         <w:pStyle w:val="OrientaesGerais-TopicoLetra"/>
                       </w:pPr>
                       <w:r w:rsidRPr="005F7B9D">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                         <w:t>O ARTIGO IDENTIFICADO</w:t>
                       </w:r>
                       <w:r w:rsidRPr="009450D9">
-                        <w:t xml:space="preserve"> deve conter somente as informações adicionais solicitadas, as quais estão </w:t>
+                        <w:t xml:space="preserve"> deve conter somente as informações adicionais solicitadas</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="005F7B9D">
-[...7 lines deleted...]
-                        <w:t>.</w:t>
+                      <w:r w:rsidR="00D1175F">
+                        <w:t xml:space="preserve">. </w:t>
                       </w:r>
                       <w:r w:rsidRPr="009450D9">
-                        <w:t xml:space="preserve"> Os dados devem ser completos e atualizados. </w:t>
+                        <w:t>Os dados devem ser completos e atualizados. </w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="6A74CC1E" w14:textId="677B69CF" w:rsidR="009450D9" w:rsidRDefault="009450D9" w:rsidP="009450D9">
+                    <w:p w:rsidR="009450D9" w:rsidP="009450D9" w:rsidRDefault="009450D9" w14:paraId="0A8B1F4B" w14:textId="677B69CF">
                       <w:pPr>
                         <w:pStyle w:val="SubtituloTitulosPrincipais"/>
                         <w:spacing w:before="240" w:after="240"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="009450D9">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                           <w:sz w:val="24"/>
                           <w:szCs w:val="24"/>
                           <w:u w:val="single"/>
                         </w:rPr>
                         <w:t>Formatação</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="1E024B2F" w14:textId="120F5762" w:rsidR="009450D9" w:rsidRPr="009450D9" w:rsidRDefault="009450D9" w:rsidP="009450D9">
+                    <w:p w:rsidRPr="009450D9" w:rsidR="009450D9" w:rsidP="009450D9" w:rsidRDefault="009450D9" w14:paraId="7C96F03A" w14:textId="120F5762">
                       <w:pPr>
                         <w:pStyle w:val="OrientaesGerais"/>
                         <w:numPr>
                           <w:ilvl w:val="0"/>
                           <w:numId w:val="11"/>
                         </w:numPr>
                       </w:pPr>
                       <w:r w:rsidRPr="009450D9">
                         <w:t xml:space="preserve"> Os arquivos devem ser submetidos em </w:t>
                       </w:r>
                       <w:r w:rsidRPr="009450D9">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                         <w:t>formato editável</w:t>
                       </w:r>
                       <w:r w:rsidRPr="009450D9">
                         <w:t xml:space="preserve"> (</w:t>
                       </w:r>
                       <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidRPr="009450D9">
                         <w:t>ex</w:t>
                       </w:r>
                       <w:proofErr w:type="spellEnd"/>
                       <w:r w:rsidRPr="009450D9">
                         <w:t>: Microsoft Word ou OpenOffice)</w:t>
                       </w:r>
                       <w:r>
                         <w:t>;</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="590AFC80" w14:textId="111A8940" w:rsidR="009450D9" w:rsidRPr="009450D9" w:rsidRDefault="009450D9" w:rsidP="009450D9">
+                    <w:p w:rsidR="009450D9" w:rsidP="00C41210" w:rsidRDefault="009450D9" w14:paraId="2F886A7D" w14:textId="283BD1C6">
                       <w:pPr>
                         <w:pStyle w:val="OrientaesGerais"/>
+                        <w:ind w:left="357" w:hanging="357"/>
                       </w:pPr>
                       <w:r>
                         <w:t xml:space="preserve">Os elementos textuais </w:t>
                       </w:r>
                       <w:r w:rsidRPr="009450D9">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                         <w:t>devem seguir as normas ABNT</w:t>
                       </w:r>
                       <w:r w:rsidR="005F7B9D">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                         <w:t xml:space="preserve"> e formatação do </w:t>
                       </w:r>
                       <w:proofErr w:type="spellStart"/>
                       <w:r w:rsidR="005F7B9D">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                         <w:t>template</w:t>
                       </w:r>
                       <w:proofErr w:type="spellEnd"/>
                       <w:r>
-                        <w:t>, conforme disposto nesse documento;</w:t>
+                        <w:t>, conforme disposto nesse documento</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00C41210">
+                        <w:t>:</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="15859DB5" w14:textId="4289C3DE" w:rsidR="009450D9" w:rsidRPr="009450D9" w:rsidRDefault="009450D9" w:rsidP="009450D9">
+                    <w:p w:rsidR="00C41210" w:rsidP="00C41210" w:rsidRDefault="00C41210" w14:paraId="7456CF9F" w14:textId="4A2AD290">
+                      <w:pPr>
+                        <w:pStyle w:val="OrientaesGerais"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="0"/>
+                        </w:numPr>
+                        <w:spacing w:before="0"/>
+                        <w:ind w:left="357"/>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00C41210">
+                        <w:t xml:space="preserve">Recomenda-se fonte </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00F74A83">
+                        <w:t>Georgia, 10pt</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00C41210">
+                        <w:t xml:space="preserve">; </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00C41210" w:rsidP="00C41210" w:rsidRDefault="00C41210" w14:paraId="5AB97F50" w14:textId="77777777">
+                      <w:pPr>
+                        <w:pStyle w:val="OrientaesGerais"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="0"/>
+                        </w:numPr>
+                        <w:spacing w:before="0"/>
+                        <w:ind w:left="357"/>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00C41210">
+                        <w:t xml:space="preserve">Referências: conforme a NBR 6023; </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00C41210" w:rsidP="00C41210" w:rsidRDefault="00C41210" w14:paraId="0F50DE83" w14:textId="77777777">
+                      <w:pPr>
+                        <w:pStyle w:val="OrientaesGerais"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="0"/>
+                        </w:numPr>
+                        <w:spacing w:before="0"/>
+                        <w:ind w:left="357"/>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00C41210">
+                        <w:t xml:space="preserve">Citações: conforme a NBR 10520; </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00C41210" w:rsidP="00C41210" w:rsidRDefault="00C41210" w14:paraId="31D3D53E" w14:textId="77777777">
+                      <w:pPr>
+                        <w:pStyle w:val="OrientaesGerais"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="0"/>
+                        </w:numPr>
+                        <w:spacing w:before="0"/>
+                        <w:ind w:left="357"/>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00C41210">
+                        <w:t xml:space="preserve">Resumo: conforme a NBR 6028; </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidR="00C41210" w:rsidP="00C41210" w:rsidRDefault="00C41210" w14:paraId="06F13F64" w14:textId="77777777">
+                      <w:pPr>
+                        <w:pStyle w:val="OrientaesGerais"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="0"/>
+                        </w:numPr>
+                        <w:spacing w:before="0"/>
+                        <w:ind w:left="357"/>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00C41210">
+                        <w:t xml:space="preserve">Numeração progressiva das seções e subseções dos artigos dividem-se conforme a NBR 6024; </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidRPr="009450D9" w:rsidR="004056BB" w:rsidP="00C41210" w:rsidRDefault="00C41210" w14:paraId="3498339C" w14:textId="1D628502">
+                      <w:pPr>
+                        <w:pStyle w:val="OrientaesGerais"/>
+                        <w:numPr>
+                          <w:ilvl w:val="0"/>
+                          <w:numId w:val="0"/>
+                        </w:numPr>
+                        <w:spacing w:before="0"/>
+                        <w:ind w:left="357"/>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00C41210">
+                        <w:t>Notas de tabelas: conforme as normas de tabular do IBGE.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w:rsidRPr="009450D9" w:rsidR="009450D9" w:rsidP="009450D9" w:rsidRDefault="009450D9" w14:paraId="4EF4803F" w14:textId="4289C3DE">
                       <w:pPr>
                         <w:pStyle w:val="OrientaesGerais"/>
                       </w:pPr>
                       <w:r w:rsidRPr="009450D9">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                         <w:t>Idiomas de publicação:</w:t>
                       </w:r>
                       <w:r w:rsidRPr="009450D9">
-                        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-                        <w:t xml:space="preserve"> e em Inglês (e, se for o caso, também em Espanhol)</w:t>
+                        <w:t xml:space="preserve"> Português e Espanhol. Títulos, resumos e palavras-chave devem ser escritos em Português e em Inglês (e, se for o caso, também em Espanhol)</w:t>
                       </w:r>
                       <w:r>
                         <w:t>;</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="41FFEF1D" w14:textId="40C96CDD" w:rsidR="009450D9" w:rsidRPr="009450D9" w:rsidRDefault="009450D9" w:rsidP="009450D9">
+                    <w:p w:rsidRPr="009450D9" w:rsidR="009450D9" w:rsidP="009450D9" w:rsidRDefault="009450D9" w14:paraId="58061B5C" w14:textId="40C96CDD">
                       <w:pPr>
                         <w:pStyle w:val="OrientaesGerais"/>
                       </w:pPr>
                       <w:r w:rsidRPr="009450D9">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                         <w:t>Autores:</w:t>
                       </w:r>
                       <w:r w:rsidRPr="009450D9">
                         <w:t xml:space="preserve"> no máximo 4 autores(as), sendo necessário que pelo menos 01 autor(a) possua título de Pós-Graduação em nível de Doutorado</w:t>
                       </w:r>
                       <w:r>
                         <w:t>;</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="1284F485" w14:textId="77777777" w:rsidR="009450D9" w:rsidRPr="009450D9" w:rsidRDefault="009450D9" w:rsidP="009450D9">
+                    <w:p w:rsidRPr="009450D9" w:rsidR="009450D9" w:rsidP="009450D9" w:rsidRDefault="009450D9" w14:paraId="571FB5D9" w14:textId="30B170BB">
                       <w:pPr>
                         <w:pStyle w:val="OrientaesGerais"/>
                       </w:pPr>
                       <w:r w:rsidRPr="009450D9">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                         <w:t>Palavras:</w:t>
                       </w:r>
                       <w:r w:rsidRPr="009450D9">
-                        <w:t xml:space="preserve"> no mínimo 9.000 palavras, incluindo Título, Resumo e Referências.</w:t>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00587BCA" w:rsidR="00587BCA">
+                        <w:t>no mínimo 4.500 palavras e no máximo 9.000 palavras; excetuando as referências.</w:t>
                       </w:r>
                     </w:p>
-                    <w:p w14:paraId="11A542A6" w14:textId="7C802C84" w:rsidR="009450D9" w:rsidRPr="009450D9" w:rsidRDefault="009450D9" w:rsidP="009450D9">
+                    <w:p w:rsidRPr="00CF7084" w:rsidR="009450D9" w:rsidP="00CF7084" w:rsidRDefault="009450D9" w14:paraId="54BB214E" w14:textId="21D93981">
                       <w:pPr>
                         <w:pStyle w:val="OrientaesGerais"/>
                       </w:pPr>
                       <w:r w:rsidRPr="009450D9">
                         <w:t xml:space="preserve">Este documento </w:t>
                       </w:r>
-                      <w:r w:rsidR="005F7B9D" w:rsidRPr="009450D9">
+                      <w:r w:rsidRPr="009450D9" w:rsidR="005F7B9D">
                         <w:rPr>
                           <w:b/>
                           <w:bCs/>
                         </w:rPr>
                         <w:t>não deve conter numeração de páginas</w:t>
                       </w:r>
-                      <w:r w:rsidRPr="009450D9">
-[...1 lines deleted...]
-                      </w:r>
                     </w:p>
-                    <w:p w14:paraId="3E788B23" w14:textId="77777777" w:rsidR="009450D9" w:rsidRDefault="009450D9" w:rsidP="009450D9">
-[...172 lines deleted...]
-                    <w:p w14:paraId="1A835708" w14:textId="77777777" w:rsidR="00763A16" w:rsidRDefault="00763A16" w:rsidP="00763A16">
+                    <w:p w:rsidR="00763A16" w:rsidP="00CF7084" w:rsidRDefault="00763A16" w14:paraId="672A6659" w14:textId="77777777">
                       <w:pPr>
                         <w:pStyle w:val="SubtituloTitulosPrincipais"/>
                         <w:spacing w:before="120" w:after="120" w:line="280" w:lineRule="exact"/>
-                        <w:ind w:left="357"/>
-                        <w:jc w:val="center"/>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
                 <w10:wrap anchorx="margin"/>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="709F5F3E" w14:textId="286B93E7" w:rsidR="0003060C" w:rsidRDefault="0003060C">
+    <w:p w:rsidR="0003060C" w:rsidRDefault="0003060C" w14:paraId="709F5F3E" w14:textId="286B93E7">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
           <w:b/>
           <w:bCs/>
           <w:kern w:val="0"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48265E8B" w14:textId="302AD7AA" w:rsidR="00D65DEE" w:rsidRPr="005F7B9D" w:rsidRDefault="00D65DEE" w:rsidP="00D65DEE">
+    <w:p w:rsidRPr="003F46DE" w:rsidR="00D65DEE" w:rsidP="00D65DEE" w:rsidRDefault="00D65DEE" w14:paraId="48265E8B" w14:textId="302AD7AA">
       <w:pPr>
         <w:pStyle w:val="ResumoPalavraChaveTitulosPrincipais"/>
         <w:rPr>
           <w:color w:val="auto"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="005F7B9D">
+      <w:r w:rsidRPr="003F46DE">
         <w:rPr>
           <w:color w:val="auto"/>
-          <w:highlight w:val="yellow"/>
-[...1 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        </w:rPr>
         <w:t xml:space="preserve">[Indicar aqui o </w:t>
       </w:r>
-      <w:r w:rsidR="003805E4" w:rsidRPr="005F7B9D">
+      <w:r w:rsidRPr="003F46DE" w:rsidR="003805E4">
         <w:rPr>
           <w:color w:val="auto"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">principal </w:t>
       </w:r>
-      <w:r w:rsidRPr="005F7B9D">
+      <w:r w:rsidRPr="003F46DE">
         <w:rPr>
           <w:color w:val="auto"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>ODS relacionado ao projeto/ação]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5747709C" w14:textId="2D18D961" w:rsidR="00D81B0F" w:rsidRDefault="00C71C48" w:rsidP="00D81B0F">
+    <w:p w:rsidRPr="003F46DE" w:rsidR="00D81B0F" w:rsidP="00D81B0F" w:rsidRDefault="00C71C48" w14:paraId="5747709C" w14:textId="2D18D961">
       <w:pPr>
         <w:pStyle w:val="TtuloTitulosPrincipais"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003F46DE">
         <w:t xml:space="preserve">Título </w:t>
       </w:r>
-      <w:r w:rsidR="00C162E6">
+      <w:r w:rsidRPr="003F46DE" w:rsidR="00C162E6">
         <w:t xml:space="preserve">do artigo </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003F46DE">
         <w:t>em português</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6AB8081B" w14:textId="23378646" w:rsidR="00D81B0F" w:rsidRDefault="00D81B0F" w:rsidP="00D81B0F">
+    <w:p w:rsidRPr="003F46DE" w:rsidR="00D81B0F" w:rsidP="00D81B0F" w:rsidRDefault="00D81B0F" w14:paraId="6AB8081B" w14:textId="23378646">
       <w:pPr>
         <w:pStyle w:val="SubtituloTitulosPrincipais"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="003F46DE">
         <w:t>Subtítulo em inglês</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="52A943FA" w14:textId="77777777" w:rsidR="003805E4" w:rsidRDefault="00123C3A" w:rsidP="00F74A83">
+    <w:p w:rsidRPr="003F46DE" w:rsidR="003805E4" w:rsidP="00F74A83" w:rsidRDefault="00123C3A" w14:paraId="52A943FA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="AutoresTitulosPrincipais"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F46DE">
         <w:t>Nome do/a Autor/a</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B5CAF4F" w14:textId="68F32397" w:rsidR="003805E4" w:rsidRPr="003805E4" w:rsidRDefault="003805E4" w:rsidP="00F74A83">
+    <w:p w:rsidRPr="003F46DE" w:rsidR="003805E4" w:rsidP="00F74A83" w:rsidRDefault="003805E4" w14:paraId="0B5CAF4F" w14:textId="68F32397">
       <w:pPr>
         <w:pStyle w:val="AutoresTitulosPrincipais"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003805E4">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F46DE">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(ORCID, Nome da Instituição, País, Link Currículo Lattes)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B2EA0F6" w14:textId="2827DA15" w:rsidR="00F74A83" w:rsidRDefault="00123C3A" w:rsidP="00F74A83">
+    <w:p w:rsidRPr="003F46DE" w:rsidR="00F74A83" w:rsidP="00F74A83" w:rsidRDefault="00123C3A" w14:paraId="4B2EA0F6" w14:textId="2827DA15">
       <w:pPr>
         <w:pStyle w:val="AutoresTitulosPrincipais"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F46DE">
         <w:t>Nome do/a Autor/a</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0182C00E" w14:textId="77777777" w:rsidR="003805E4" w:rsidRPr="003805E4" w:rsidRDefault="003805E4" w:rsidP="003805E4">
+    <w:p w:rsidRPr="003F46DE" w:rsidR="003805E4" w:rsidP="003805E4" w:rsidRDefault="003805E4" w14:paraId="0182C00E" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="AutoresTitulosPrincipais"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003805E4">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F46DE">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(ORCID, Nome da Instituição, País, Link Currículo Lattes)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E68870A" w14:textId="1BE62A21" w:rsidR="00F74A83" w:rsidRDefault="00123C3A" w:rsidP="00F74A83">
+    <w:p w:rsidRPr="003F46DE" w:rsidR="00F74A83" w:rsidP="00F74A83" w:rsidRDefault="00123C3A" w14:paraId="5E68870A" w14:textId="1BE62A21">
       <w:pPr>
         <w:pStyle w:val="AutoresTitulosPrincipais"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F46DE">
         <w:t>Nome do/a Autor/a</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="083AAF63" w14:textId="77777777" w:rsidR="003805E4" w:rsidRPr="003805E4" w:rsidRDefault="003805E4" w:rsidP="003805E4">
+    <w:p w:rsidRPr="003F46DE" w:rsidR="003805E4" w:rsidP="003805E4" w:rsidRDefault="003805E4" w14:paraId="083AAF63" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="AutoresTitulosPrincipais"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003805E4">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F46DE">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(ORCID, Nome da Instituição, País, Link Currículo Lattes)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="646340AA" w14:textId="67EAE6F0" w:rsidR="003805E4" w:rsidRDefault="00123C3A" w:rsidP="00BF36F5">
+    <w:p w:rsidRPr="003F46DE" w:rsidR="003805E4" w:rsidP="00BF36F5" w:rsidRDefault="00123C3A" w14:paraId="646340AA" w14:textId="67EAE6F0">
       <w:pPr>
         <w:pStyle w:val="AutoresTitulosPrincipais"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D65DEE">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="003F46DE">
         <w:t>Nome do/a Autor/a</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AB0EFB2" w14:textId="77777777" w:rsidR="003805E4" w:rsidRPr="003805E4" w:rsidRDefault="003805E4" w:rsidP="00BF36F5">
+    <w:p w:rsidRPr="003F46DE" w:rsidR="003805E4" w:rsidP="00BF36F5" w:rsidRDefault="003805E4" w14:paraId="5AB0EFB2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="AutoresTitulosPrincipais"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003805E4">
+      <w:r w:rsidRPr="003F46DE">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(ORCID, Nome da Instituição, País, Link Currículo Lattes)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50E85B60" w14:textId="3004F744" w:rsidR="003805E4" w:rsidRPr="003805E4" w:rsidRDefault="003805E4" w:rsidP="003805E4">
+    <w:p w:rsidRPr="003F46DE" w:rsidR="003805E4" w:rsidP="003805E4" w:rsidRDefault="003805E4" w14:paraId="50E85B60" w14:textId="3004F744">
       <w:pPr>
         <w:pStyle w:val="SubtituloTitulosPrincipais"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="003805E4">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003F46DE">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Perfil da Ação/Projeto nas Redes Sociais:</w:t>
       </w:r>
-      <w:r w:rsidRPr="003805E4">
+      <w:r w:rsidRPr="003F46DE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003F46DE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="003805E4">
+      <w:r w:rsidRPr="003F46DE">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>@perfildoinstagram</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D3BAE7A" w14:textId="2D5616AE" w:rsidR="00F74A83" w:rsidRPr="003805E4" w:rsidRDefault="00F74A83" w:rsidP="00BF36F5">
+    <w:p w:rsidRPr="003805E4" w:rsidR="00F74A83" w:rsidP="00BF36F5" w:rsidRDefault="00F74A83" w14:paraId="3D3BAE7A" w14:textId="2D5616AE">
       <w:pPr>
         <w:pStyle w:val="AutoresTitulosPrincipais"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003805E4">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C0208F6" w14:textId="29DDCE2F" w:rsidR="00D81B0F" w:rsidRPr="00F74A83" w:rsidRDefault="005C13D4" w:rsidP="00F74A83">
+    <w:p w:rsidRPr="00F74A83" w:rsidR="00D81B0F" w:rsidP="00F74A83" w:rsidRDefault="005C13D4" w14:paraId="7C0208F6" w14:textId="1D0E8BD4">
       <w:pPr>
         <w:pStyle w:val="ResumoPalavraChaveTitulosPrincipais"/>
       </w:pPr>
       <w:r w:rsidRPr="00F74A83">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>RESUMO</w:t>
       </w:r>
       <w:r w:rsidRPr="00F74A83">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003437C3" w:rsidRPr="00F74A83">
-[...2 lines deleted...]
-      <w:r w:rsidR="00B634DC" w:rsidRPr="00F74A83">
+      <w:bookmarkStart w:name="_Hlk216255333" w:id="6"/>
+      <w:r w:rsidRPr="00F74A83" w:rsidR="003437C3">
+        <w:t xml:space="preserve">Deve conter entre 1500 e 2500 caracteres com os espaços. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F0477" w:rsidR="006F0477">
+        <w:t xml:space="preserve">O resumo deve ressaltar o objetivo, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003437C3" w:rsidR="008B425C">
+        <w:t>metodologia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F0477" w:rsidR="006F0477">
+        <w:t xml:space="preserve">, os resultados e as </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003437C3" w:rsidR="00D64D66">
+        <w:t>considerações finais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74A83" w:rsidR="003437C3">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74A83" w:rsidR="00B634DC">
         <w:t xml:space="preserve"> (Fonte Georgia, 10pt)</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="4238F98C" w14:textId="7C3F0137" w:rsidR="004805FF" w:rsidRPr="00F74A83" w:rsidRDefault="004805FF" w:rsidP="00F74A83">
+      <w:bookmarkEnd w:id="6"/>
+    </w:p>
+    <w:p w:rsidRPr="00F74A83" w:rsidR="004805FF" w:rsidP="00F74A83" w:rsidRDefault="004805FF" w14:paraId="4238F98C" w14:textId="666C7A94">
       <w:pPr>
         <w:pStyle w:val="ResumoPalavraChaveTitulosPrincipais"/>
       </w:pPr>
       <w:r w:rsidRPr="00F74A83">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>PALAVRAS-CHAVE</w:t>
       </w:r>
       <w:r w:rsidRPr="00F74A83">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00812D3A" w:rsidRPr="00F74A83">
-[...3 lines deleted...]
-    <w:p w14:paraId="2CEFC139" w14:textId="3CE49F59" w:rsidR="00812D3A" w:rsidRPr="00F74A83" w:rsidRDefault="00812D3A" w:rsidP="00F74A83">
+      <w:r w:rsidRPr="00F74A83" w:rsidR="00812D3A">
+        <w:t>Devem ser apontad</w:t>
+      </w:r>
+      <w:r w:rsidR="00E168A8">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74A83" w:rsidR="00812D3A">
+        <w:t>s pelo autor as palavras-chave que identifiquem os assuntos tratados</w:t>
+      </w:r>
+      <w:r w:rsidR="00461036">
+        <w:t xml:space="preserve"> no artigo</w:t>
+      </w:r>
+      <w:r w:rsidR="00E168A8">
+        <w:t xml:space="preserve"> - l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00461036" w:rsidR="00461036">
+        <w:t>ogo abaixo do resumo</w:t>
+      </w:r>
+      <w:r w:rsidR="00461036">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00461036" w:rsidR="00461036">
+        <w:t>separadas entre si por ponto e vírgula (;) e finalizadas</w:t>
+      </w:r>
+      <w:r w:rsidR="00E168A8">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00461036" w:rsidR="00461036">
+        <w:t>por ponto</w:t>
+      </w:r>
+      <w:r w:rsidR="00E168A8">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00461036" w:rsidR="00461036">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E168A8">
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00461036" w:rsidR="00461036">
+        <w:t xml:space="preserve"> Devem ser grafadas com as iniciais em letra minúsculas com exceção dos substantivos próprios e nomes científicos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F74A83" w:rsidR="00EB7844" w:rsidP="00EB7844" w:rsidRDefault="00812D3A" w14:paraId="360E7864" w14:textId="6FAF0A73">
       <w:pPr>
         <w:pStyle w:val="ResumoPalavraChaveTitulosPrincipais"/>
       </w:pPr>
       <w:r w:rsidRPr="00F74A83">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ABSTRACT</w:t>
       </w:r>
       <w:r w:rsidRPr="00F74A83">
-        <w:t xml:space="preserve"> Deve conter entre 1500 e 2500 caracteres com os espaços. Deve ter introdução, objetivo, metodologia, resultados e considerações finais. (Fonte Georgia, 10pt)</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="04D4848C" w14:textId="2AC6D8CC" w:rsidR="00812D3A" w:rsidRPr="00F74A83" w:rsidRDefault="00812D3A" w:rsidP="00F74A83">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkStart w:name="_Hlk216255352" w:id="7"/>
+      <w:r w:rsidRPr="00F74A83" w:rsidR="00EB7844">
+        <w:t xml:space="preserve">Deve conter entre 1500 e 2500 caracteres com os espaços. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D64D66">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F0477" w:rsidR="00EB7844">
+        <w:t xml:space="preserve">eve ressaltar o objetivo, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003437C3" w:rsidR="008B425C">
+        <w:t>metodologia</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006F0477" w:rsidR="00EB7844">
+        <w:t>, os resultados e as</w:t>
+      </w:r>
+      <w:r w:rsidR="00D64D66">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003437C3" w:rsidR="00D64D66">
+        <w:t>considerações finais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74A83" w:rsidR="00EB7844">
+        <w:t>. (Fonte Georgia, 10pt)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="7"/>
+    <w:p w:rsidRPr="00F74A83" w:rsidR="00EB7844" w:rsidP="00EB7844" w:rsidRDefault="00812D3A" w14:paraId="53225DA1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ResumoPalavraChaveTitulosPrincipais"/>
       </w:pPr>
       <w:r w:rsidRPr="00F74A83">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>KEYWORDS</w:t>
       </w:r>
       <w:r w:rsidRPr="00F74A83">
-        <w:t xml:space="preserve"> Devem ser apontados pelo autor os descritores e ou as palavras-chave que identifiquem os assuntos nela tratados. Estes permitirão a recuperação da tese quando da busca da literatura publicada.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="210CB7A1" w14:textId="0F02F05E" w:rsidR="00621858" w:rsidRDefault="00621858" w:rsidP="005E7387">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74A83" w:rsidR="00EB7844">
+        <w:t>Devem ser apontad</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7844">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F74A83" w:rsidR="00EB7844">
+        <w:t>s pelo autor as palavras-chave que identifiquem os assuntos tratados</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7844">
+        <w:t xml:space="preserve"> no artigo - l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00461036" w:rsidR="00EB7844">
+        <w:t>ogo abaixo do resumo</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7844">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00461036" w:rsidR="00EB7844">
+        <w:t>separadas entre si por ponto e vírgula (;) e finalizadas</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7844">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00461036" w:rsidR="00EB7844">
+        <w:t>por ponto</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7844">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00461036" w:rsidR="00EB7844">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00EB7844">
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00461036" w:rsidR="00EB7844">
+        <w:t xml:space="preserve"> Devem ser grafadas com as iniciais em letra minúsculas com exceção dos substantivos próprios e nomes científicos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00621858" w:rsidP="005E7387" w:rsidRDefault="00621858" w14:paraId="210CB7A1" w14:textId="0F02F05E">
       <w:pPr>
         <w:pStyle w:val="SeesArtigo"/>
       </w:pPr>
       <w:r>
         <w:t>INTRODUÇÃO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E3CE305" w14:textId="1741AF33" w:rsidR="00621858" w:rsidRDefault="00E52885" w:rsidP="00E52885">
+    <w:p w:rsidR="00621858" w:rsidP="00E52885" w:rsidRDefault="00E52885" w14:paraId="6E3CE305" w14:textId="1741AF33">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r w:rsidRPr="00E52885">
-        <w:t>Na seção INTRODUÇÃO, o(a) autor(a) deve contextualizar a ação, apresentando a justificativa do trabalho de forma clara, a revisão de literatura e no final o(s) objetivo(s). Seguir a formatação de texto deste parágrafo.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00122779">
+        <w:t xml:space="preserve">Na seção INTRODUÇÃO, o(a) autor(a) deve contextualizar a ação, apresentando a justificativa do trabalho de forma clara, a revisão de literatura e no final o(s) objetivo(s). </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745473">
+        <w:t>Seguir a formatação de texto deste parágrafo.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745473" w:rsidR="00122779">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
       <w:r w:rsidR="00206AF1">
         <w:t xml:space="preserve"> (Fonte Georgia, 10pt)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="31953AA9" w14:textId="35E3761F" w:rsidR="002B5913" w:rsidRDefault="00951E38" w:rsidP="00BA22E4">
+    <w:p w:rsidR="002B5913" w:rsidP="00BA22E4" w:rsidRDefault="00951E38" w14:paraId="31953AA9" w14:textId="35E3761F">
       <w:pPr>
         <w:pStyle w:val="Subseo"/>
       </w:pPr>
       <w:r>
         <w:t>Subseções</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F9679E1" w14:textId="5B8CF306" w:rsidR="006063F4" w:rsidRDefault="006063F4" w:rsidP="006063F4">
+    <w:p w:rsidR="006063F4" w:rsidP="006063F4" w:rsidRDefault="006063F4" w14:paraId="4F9679E1" w14:textId="33469DF2">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-      <w:r w:rsidR="00951E38">
+      <w:bookmarkStart w:name="_Hlk216254891" w:id="8"/>
+      <w:r w:rsidRPr="003F46DE">
+        <w:t xml:space="preserve">As subseções deverão ser escritas em </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000C4AE3" w:rsidR="003F46DE">
+        <w:t>primeira</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F46DE" w:rsidR="003F46DE">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F46DE">
+        <w:t>letra maiúscula, em negrito, alinh</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003F46DE" w:rsidR="00951E38">
         <w:t>a</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="003F46DE">
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00951E38">
+      <w:r w:rsidRPr="003F46DE" w:rsidR="00951E38">
         <w:t>a</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-    <w:p w14:paraId="5ACE7AD0" w14:textId="7BC65744" w:rsidR="006063F4" w:rsidRDefault="006063F4" w:rsidP="006063F4">
+      <w:r w:rsidRPr="003F46DE">
+        <w:t>s à esquerda e enumerados.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r>
+        <w:t>Não deverão ser utilizados: ponto, hífen, travessão ou qualquer outro sinal após o indicativo numérico do item ou subitem.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006063F4" w:rsidP="006063F4" w:rsidRDefault="006063F4" w14:paraId="5ACE7AD0" w14:textId="7BC65744">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">As alíneas devem ser indicadas alfabeticamente, em letra minúscula, seguida de parêntese. Utilizam-se letras dobradas, quando esgotadas as letras do alfabeto. </w:t>
       </w:r>
       <w:r w:rsidR="00745574">
         <w:t>O</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> texto da alínea deve começar por letra minúscula e terminar em ponto-e-vírgula, exceto a última alínea que termina em ponto final.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E4A61BE" w14:textId="23123F47" w:rsidR="006063F4" w:rsidRDefault="006063F4" w:rsidP="006063F4">
+    <w:p w:rsidR="006063F4" w:rsidP="006063F4" w:rsidRDefault="006063F4" w14:paraId="3E4A61BE" w14:textId="23123F47">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">As </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>subalíneas</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> devem começar por travessão seguido de espaço. o texto da </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>subalínea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> deve começar por letra minúscula e terminar em ponto-e-vírgula. A última </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>subalínea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve"> deve terminar em ponto final, se não houver alínea subsequente. A segunda e as seguintes linhas do texto da </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>subalínea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> começam sob a primeira letra do texto da própria </w:t>
+        <w:t xml:space="preserve"> começam sob a primeira letra do </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">texto da própria </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>subalínea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="0009659B">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B884CA8" w14:textId="25DA9506" w:rsidR="006063F4" w:rsidRDefault="006063F4" w:rsidP="006063F4">
+    <w:p w:rsidR="006063F4" w:rsidP="006063F4" w:rsidRDefault="006063F4" w14:paraId="4B884CA8" w14:textId="25DA9506">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>No caso de inserção de itens e alíneas, observar a formatação a seguir:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46F1A498" w14:textId="5CEDDC3B" w:rsidR="006063F4" w:rsidRDefault="00B9049E" w:rsidP="00B9049E">
+    <w:p w:rsidR="006063F4" w:rsidP="00B9049E" w:rsidRDefault="00B9049E" w14:paraId="46F1A498" w14:textId="5CEDDC3B">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r w:rsidRPr="00B9049E">
         <w:t>a)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> m</w:t>
       </w:r>
       <w:r w:rsidR="006063F4">
         <w:t>odelo de texto de alínea;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F4433B6" w14:textId="77777777" w:rsidR="006063F4" w:rsidRDefault="006063F4" w:rsidP="006063F4">
+    <w:p w:rsidR="006063F4" w:rsidP="006063F4" w:rsidRDefault="006063F4" w14:paraId="3F4433B6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">— </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>modelo</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> de texto de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>subalínea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36809473" w14:textId="77777777" w:rsidR="006063F4" w:rsidRDefault="006063F4" w:rsidP="006063F4">
+    <w:p w:rsidR="006063F4" w:rsidP="006063F4" w:rsidRDefault="006063F4" w14:paraId="36809473" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">— </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>modelo</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> de texto de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>subalínea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7DCBD69E" w14:textId="68D6DEDB" w:rsidR="006063F4" w:rsidRDefault="006063F4" w:rsidP="006063F4">
+    <w:p w:rsidR="006063F4" w:rsidP="006063F4" w:rsidRDefault="006063F4" w14:paraId="7DCBD69E" w14:textId="68D6DEDB">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r>
         <w:t>b)</w:t>
       </w:r>
       <w:r w:rsidR="00B9049E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00745574">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t>línea;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FF5593F" w14:textId="589B289D" w:rsidR="006063F4" w:rsidRDefault="006063F4" w:rsidP="006063F4">
+    <w:p w:rsidR="006063F4" w:rsidP="006063F4" w:rsidRDefault="006063F4" w14:paraId="0FF5593F" w14:textId="589B289D">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r>
         <w:t>c)</w:t>
       </w:r>
       <w:r w:rsidR="00B9049E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00745574">
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:t>línea.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="526D8473" w14:textId="77777777" w:rsidR="006063F4" w:rsidRDefault="006063F4" w:rsidP="006063F4">
+    <w:p w:rsidR="006063F4" w:rsidP="006063F4" w:rsidRDefault="006063F4" w14:paraId="526D8473" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">— </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>modelo</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> de texto de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>subalínea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E4E8D17" w14:textId="4E7F2351" w:rsidR="006063F4" w:rsidRDefault="006063F4" w:rsidP="006063F4">
+    <w:p w:rsidR="006063F4" w:rsidP="006063F4" w:rsidRDefault="006063F4" w14:paraId="7E4E8D17" w14:textId="4E7F2351">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">— </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>modelo</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r>
         <w:t xml:space="preserve"> de texto de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>subalínea</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3068AE8A" w14:textId="746CE744" w:rsidR="005C1308" w:rsidRDefault="005C1308" w:rsidP="00BA22E4">
+    <w:p w:rsidR="005C1308" w:rsidP="00BA22E4" w:rsidRDefault="005C1308" w14:paraId="3068AE8A" w14:textId="746CE744">
       <w:pPr>
         <w:pStyle w:val="Subseo"/>
       </w:pPr>
       <w:r>
         <w:t>Citações</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AFCAA1E" w14:textId="2EC0CC0A" w:rsidR="005C1308" w:rsidRDefault="005C1308" w:rsidP="005C1308">
+    <w:p w:rsidR="005C1308" w:rsidP="005C1308" w:rsidRDefault="005C1308" w14:paraId="3AFCAA1E" w14:textId="2EC0CC0A">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r>
         <w:t>As citações podem aparecer em qualquer parte do documento. São indicadas no texto de acordo com o sistema de chamada autor-data ou sistema numérico. Qualquer que seja o sistema adotado, este deve ser seguido consistentemente ao longo de todo o trabalho, permitindo sua correlação com a referência.</w:t>
       </w:r>
       <w:r w:rsidR="006E38D2">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11511885" w14:textId="77777777" w:rsidR="00BA22E4" w:rsidRDefault="005C1308" w:rsidP="00BA22E4">
+    <w:p w:rsidR="00BA22E4" w:rsidP="004C0740" w:rsidRDefault="005C1308" w14:paraId="11511885" w14:textId="44AF7AC2">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Usa-se o ponto final para encerrar a frase, não a citação. “O conhecimento em ciência e tecnologia é produzido e propagado para a sociedade através dos </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="3169ED5A" w14:textId="1534453E" w:rsidR="005C1308" w:rsidRDefault="005C1308" w:rsidP="00BA22E4">
+        <w:t>Usa-se o ponto final para encerrar a frase, não a citação.</w:t>
+      </w:r>
+      <w:r w:rsidR="004C0740">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C0740" w:rsidR="004C0740">
+        <w:t>Usa-se colchetes para indicar supressões [...], interpolações, acréscimos ou</w:t>
+      </w:r>
+      <w:r w:rsidR="004C0740">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C0740" w:rsidR="004C0740">
+        <w:t xml:space="preserve">comentários </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="004C0740" w:rsidR="004C0740">
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="000938A5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="004C0740" w:rsidR="004C0740">
+        <w:t>]</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000938A5">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C1308" w:rsidP="00BA22E4" w:rsidRDefault="005C1308" w14:paraId="3169ED5A" w14:textId="1534453E">
       <w:pPr>
         <w:pStyle w:val="Subseo"/>
       </w:pPr>
       <w:r>
         <w:t>Citações Indiretas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47C373BB" w14:textId="6462A932" w:rsidR="005C1308" w:rsidRDefault="005C1308" w:rsidP="005C1308">
+    <w:p w:rsidR="005C1308" w:rsidP="005C1308" w:rsidRDefault="005C1308" w14:paraId="47C373BB" w14:textId="6462A932">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Chama-se citações indiretas (livres) quando o texto é baseado nas ideias do autor consultado, ou seja, quando não se transcreve as palavras do autor: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="303BA533" w14:textId="77777777" w:rsidR="005C1308" w:rsidRDefault="005C1308" w:rsidP="005C1308">
+    <w:p w:rsidR="005C1308" w:rsidP="005C1308" w:rsidRDefault="005C1308" w14:paraId="303BA533" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r w:rsidRPr="002D44F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Exemplo:</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Citação e referência são recursos científicos indissociáveis na medida em que a citação representa o registro de uma contribuição científica, ao passo que a referência é o registro da fonte desta contribuição (Silveira; </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Bazi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>, 2009).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B3D6E50" w14:textId="6798DF5F" w:rsidR="005C1308" w:rsidRDefault="005C1308" w:rsidP="00BA22E4">
-[...8 lines deleted...]
-    <w:p w14:paraId="7EBDFCA1" w14:textId="63EBB3EE" w:rsidR="005C1308" w:rsidRDefault="005C1308" w:rsidP="005C1308">
+    <w:p w:rsidR="005562F0" w:rsidP="005562F0" w:rsidRDefault="005562F0" w14:paraId="20F63F92" w14:textId="56DBC3F6">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r>
-        <w:t>A citação direta é a transcrição textual de parte da obra do autor consultado e pode ser: curta (3 linhas no máximo) ou longa (mais de 3 linhas). Ao optar pela citação direta, acrescenta-se o número da página ou localizador, após a data. As citações curtas são inseridas no texto, entre aspas duplas. Utiliza-se as aspas simples para indicar citação no interior da citação.</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="59919935" w14:textId="4163ECD7" w:rsidR="005C1308" w:rsidRDefault="005C1308" w:rsidP="005C1308">
+        <w:t xml:space="preserve">Em citações indiretas múltiplas (vários documentos de mesma autoria, publicados em anos diferentes, </w:t>
+      </w:r>
+      <w:r>
+        <w:t>mencionados simultaneamente),</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>devem ter as suas datas em ordem cronológica, separadas por vírgula:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005562F0" w:rsidP="005562F0" w:rsidRDefault="005562F0" w14:paraId="4F608FEE" w14:textId="0A2CE2CE">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="002D44F0">
+      <w:r w:rsidRPr="005562F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Exemplo:</w:t>
       </w:r>
-      <w:r>
-[...11 lines deleted...]
-    <w:p w14:paraId="03422526" w14:textId="77777777" w:rsidR="005C1308" w:rsidRDefault="005C1308" w:rsidP="005C1308">
+      <w:r w:rsidRPr="005562F0">
+        <w:t xml:space="preserve"> De acordo com Silva (2010, 2015, 2021), as pesquisas mostram um avanço significativo na área.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005562F0" w:rsidP="005562F0" w:rsidRDefault="005562F0" w14:paraId="21F17DA9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
-      <w:r>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="002D44F0">
+      <w:r w:rsidRPr="00A74379">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Exemplo:</w:t>
-[...13 lines deleted...]
-    <w:p w14:paraId="141DCB91" w14:textId="77777777" w:rsidR="005C1308" w:rsidRDefault="005C1308" w:rsidP="005C1308">
+        <w:t>Exemplo até três autores:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> O bloco econômico BRICS investe na formação de uma estrutura estratégica em CT&amp;I como base para seu desenvolvimento sustentável em longo prazo (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Bornmann</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">; Wagner; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Leydesdorff</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t>, 2015).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005562F0" w:rsidP="005562F0" w:rsidRDefault="005562F0" w14:paraId="486E8A05" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r>
-        <w:t>As citações longas devem se destacar do restante do texto em parágrafo independente, recuado alguns centímetros da margem esquerda (convém que o recuo seja de 4 cm). Devem ter a fonte menor do que a utilizada no texto, espaçamento simples entre as linhas e sem aspas:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="56174893" w14:textId="7438FA71" w:rsidR="005C1308" w:rsidRDefault="005C1308" w:rsidP="00DD5A12">
+        <w:t xml:space="preserve">Em obras com mais de três autores, indica-se apenas o primeiro autor, acrescentando-se a expressão </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C2082E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>et al</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. (em itálico).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005562F0" w:rsidP="005562F0" w:rsidRDefault="005562F0" w14:paraId="53B1C28C" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
-        <w:ind w:left="2268" w:firstLine="0"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="002D44F0">
+      </w:pPr>
+      <w:r w:rsidRPr="00A74379">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Exemplo:</w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="56481381" w14:textId="3BB20AD8" w:rsidR="005C1308" w:rsidRDefault="005C1308" w:rsidP="005C1308">
+        <w:t>Exemplo mais de três autores:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> [...] entre diferentes departamentos de uma mesma universidade (Wang </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C2082E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>et al</w:t>
+      </w:r>
+      <w:r>
+        <w:t>., 2005).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C1308" w:rsidP="00BA22E4" w:rsidRDefault="005C1308" w14:paraId="7B3D6E50" w14:textId="6798DF5F">
+      <w:pPr>
+        <w:pStyle w:val="Subseo"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Citações Diretas (até três linhas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C1308" w:rsidP="005C1308" w:rsidRDefault="005C1308" w14:paraId="7EBDFCA1" w14:textId="63EBB3EE">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r>
-        <w:t>Em citações indiretas múltiplas (vários documentos de mesma autoria, publicados em anos diferentes, mencionados simultaneamente e), e, devem ter as suas datas em ordem cronológica, separadas por vírgula:</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="26212F7B" w14:textId="09FDAD3D" w:rsidR="005C1308" w:rsidRDefault="005C1308" w:rsidP="005C1308">
+        <w:t>A citação direta é a transcrição textual de parte da obra do autor consultado e pode ser: curta (3 linhas no máximo) ou longa (mais de 3 linhas). Ao optar pela citação direta, acrescenta-se o número da página ou localizador, após a data. As citações curtas são inseridas no texto, entre aspas duplas. Utiliza-se as aspas simples para indicar citação no interior da citação.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C1308" w:rsidP="005C1308" w:rsidRDefault="005C1308" w14:paraId="59919935" w14:textId="4163ECD7">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A74379">
+      <w:r>
+        <w:t>Convém indicar o número de página sempre que houver com p. O número do localizador, em publicações eletrônicas, deve ser precedido pela respectiva abreviatura local.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C1308" w:rsidP="005C1308" w:rsidRDefault="005C1308" w14:paraId="41AF75AC" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="TextoCorridoTextoArtigos"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002D44F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>Exemplo até três autores:</w:t>
-[...2 lines deleted...]
-        <w:t xml:space="preserve"> O bloco econômico BRICS investe na formação de uma estrutura estratégica em CT&amp;I como base para seu desenvolvimento sustentável em longo prazo (</w:t>
+        <w:t>Exemplo:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Le </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Bornmann</w:t>
+        <w:t>Coadic</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve">; Wagner; </w:t>
-[...10 lines deleted...]
-    <w:p w14:paraId="62273F93" w14:textId="77777777" w:rsidR="005C1308" w:rsidRDefault="005C1308" w:rsidP="005C1308">
+        <w:t xml:space="preserve"> (2004, p. 26) refere-se metaforicamente à informação como “a ‘seiva’ da ciência, ou seja, ‘fluído precioso’, continuamente produzido e renovado”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C1308" w:rsidP="005C1308" w:rsidRDefault="005C1308" w14:paraId="03422526" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Em obras com mais de três autores, indica-se apenas o primeiro autor, acrescentando-se a expressão </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C2082E">
+        <w:t>Em documentos não paginados, quando houver a localização do trecho citado, convém indicá-la conforme consta no documento.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C1308" w:rsidP="005C1308" w:rsidRDefault="005C1308" w14:paraId="1B97D83B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="TextoCorridoTextoArtigos"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002D44F0">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Exemplo:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> “Não quero falar de suas praças, das pedras ou da redenção, o que tem de especial em Porto Alegre está acima do chão” (Porto Alegre [...], 2019, 0 min 33 s).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C1308" w:rsidP="009C5EE7" w:rsidRDefault="005C1308" w14:paraId="2B4F1678" w14:textId="50343EFD">
+      <w:pPr>
+        <w:pStyle w:val="Subseo"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Citações Diretas (longas)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C1308" w:rsidP="005C1308" w:rsidRDefault="005C1308" w14:paraId="141DCB91" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="TextoCorridoTextoArtigos"/>
+      </w:pPr>
+      <w:r>
+        <w:t>As citações longas devem se destacar do restante do texto em parágrafo independente, recuado alguns centímetros da margem esquerda (convém que o recuo seja de 4 cm). Devem ter a fonte menor do que a utilizada no texto, espaçamento simples entre as linhas e sem aspas:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F47EB3" w:rsidR="005C1308" w:rsidP="00F47EB3" w:rsidRDefault="005C1308" w14:paraId="56174893" w14:textId="7438FA71">
+      <w:pPr>
+        <w:pStyle w:val="TextoCorridoTextoArtigos"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="2268" w:firstLine="0"/>
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F47EB3">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t>Exemplo:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F47EB3">
+        <w:rPr>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> A divisão do mundo em povos altamente desenvolvidos e outros mantidos num estágio inicial de desenvolvimento face a exploração a que são submetidos uma minoria rica e detentora dos meios de produção e uma massa faminta e explorada é, em grande parte, resultado da aplicação das conquistas da ciência em todos os seus domínios. (Melo, 1983, p.129).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C1308" w:rsidP="009C5EE7" w:rsidRDefault="005C1308" w14:paraId="2FAF0DDE" w14:textId="1E22EA53">
+      <w:pPr>
+        <w:pStyle w:val="Subseo"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Citação de citação</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C1308" w:rsidP="005C1308" w:rsidRDefault="00B02A9E" w14:paraId="69B3D995" w14:textId="6CD8834D">
+      <w:pPr>
+        <w:pStyle w:val="TextoCorridoTextoArtigos"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00B02A9E">
+        <w:t>É a citação de um texto que se refere a</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> um</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B02A9E">
+        <w:t xml:space="preserve"> documento original, que não se teve acesso</w:t>
+      </w:r>
+      <w:r w:rsidR="005C1308">
+        <w:t>. Neste caso, deve-se fazer uso da expressão latina</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C2082E" w:rsidR="005C1308">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>et al</w:t>
-[...5 lines deleted...]
-    <w:p w14:paraId="16BEC598" w14:textId="77777777" w:rsidR="005C1308" w:rsidRDefault="005C1308" w:rsidP="005C1308">
+        <w:t xml:space="preserve"> apud</w:t>
+      </w:r>
+      <w:r w:rsidR="005C1308">
+        <w:t xml:space="preserve"> (em itálico), que significa “citado por”.</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C1308">
+        <w:t xml:space="preserve">No texto, indica-se primeiro a autoria (ou a primeira palavra do título) e a data do documento citado, ou seja, da obra que não temos em mãos. Em seguida, usa-se a expressão </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C2082E" w:rsidR="005C1308">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>apud</w:t>
+      </w:r>
+      <w:r w:rsidR="005C1308">
+        <w:t xml:space="preserve"> (em itálico), indicando autoria (ou a primeira palavra do título) e a data do documento citante, que é a obra consultada.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C1308" w:rsidP="005C1308" w:rsidRDefault="005C1308" w14:paraId="33AF2476" w14:textId="2680F133">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A74379">
+      <w:r w:rsidRPr="002D44F0">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...3 lines deleted...]
-        <w:t xml:space="preserve"> [...] entre diferentes departamentos de uma mesma universidade (Wang </w:t>
+        <w:t>Exemplo:</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> O funcionalismo segundo Darci Ribeiro8 (19701, p. 28 </w:t>
       </w:r>
       <w:r w:rsidRPr="00C2082E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
-        <w:t>et al</w:t>
-[...13 lines deleted...]
-    <w:p w14:paraId="69B3D995" w14:textId="77777777" w:rsidR="005C1308" w:rsidRDefault="005C1308" w:rsidP="005C1308">
+        <w:t xml:space="preserve">apud </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Melo, 1983, p. 25) “converte o estudo dos problemas da dinâmica social em meros esforços de caracterização do modo pelo qual os conteúdos presentes de cada situação concreta contribuem para a perpetuação das formas de vida social”.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005C1308" w:rsidP="005C1308" w:rsidRDefault="005C1308" w14:paraId="3B73C5A1" w14:textId="37DA8B41">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r>
-        <w:t>É a reprodução da informação citada por outros autores. Neste caso, deve-se fazer uso da expressão latina</w:t>
-[...22 lines deleted...]
-    <w:p w14:paraId="33AF2476" w14:textId="2680F133" w:rsidR="005C1308" w:rsidRDefault="005C1308" w:rsidP="005C1308">
+        <w:t>Somente a obra consultada figura na lista de referências. A referência ao documento citado</w:t>
+      </w:r>
+      <w:r w:rsidR="00F11CE9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(Ribeiro, 1970) deve aparecer em nota de rodapé.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F66C85" w:rsidR="00A3704D" w:rsidP="009C5EE7" w:rsidRDefault="00D13474" w14:paraId="54BD18A1" w14:textId="50A69981">
+      <w:pPr>
+        <w:pStyle w:val="SeesArtigo"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times"/>
+        </w:rPr>
+        <w:t>METODOLOGIA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A3704D" w:rsidP="006E525D" w:rsidRDefault="00163C8D" w14:paraId="7566C3A2" w14:textId="1F416915">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
-      <w:r w:rsidRPr="002D44F0">
-[...28 lines deleted...]
-    <w:p w14:paraId="54BD18A1" w14:textId="50A69981" w:rsidR="00A3704D" w:rsidRPr="00F66C85" w:rsidRDefault="00D13474" w:rsidP="009C5EE7">
+      <w:r>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00E15A0B" w:rsidR="00E15A0B">
+        <w:t>nclui a explicação de todos os procedimentos que se supõem necessários para a execução da pesquisa, entre os quais, destacam-se: o método, ou seja, a explicação da opção pela metodologia e do delineamento do estudo, amostra, procedimentos para a coleta de dados, bem como, o plano para a análise de dados.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00F66C85" w:rsidR="00A3704D" w:rsidP="009C5EE7" w:rsidRDefault="00A3704D" w14:paraId="026C1451" w14:textId="5E2B6913">
       <w:pPr>
         <w:pStyle w:val="SeesArtigo"/>
-        <w:rPr>
-[...23 lines deleted...]
-        <w:pStyle w:val="SeesArtigo"/>
       </w:pPr>
       <w:r>
         <w:t>RESULTADOS E DISCUSSÃO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="075421A6" w14:textId="77777777" w:rsidR="00A3704D" w:rsidRDefault="00A3704D" w:rsidP="00496F10">
+    <w:p w:rsidR="00A3704D" w:rsidP="00496F10" w:rsidRDefault="00A3704D" w14:paraId="075421A6" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r w:rsidRPr="00F66C85">
         <w:t>Neste item devem ser apresentados e discutidos os resultados mensuráveis e qualitativos da ação de extensão. Poderão ser inseridas tabelas, figuras e gráficos, em conformidade com as normas vigentes da ABNT. As grandezas deverão ser expressas no Sistema Internacional (SI), e a terminologia científica (incluindo a nomenclatura e os símbolos gregos) deverá seguir as convenções internacionais de cada área em questão.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="05944CCB" w14:textId="649C99FF" w:rsidR="00496F10" w:rsidRDefault="00496F10" w:rsidP="009C5EE7">
+    <w:p w:rsidR="00496F10" w:rsidP="009C5EE7" w:rsidRDefault="00496F10" w14:paraId="05944CCB" w14:textId="649C99FF">
       <w:pPr>
         <w:pStyle w:val="Subseo"/>
       </w:pPr>
       <w:r>
         <w:t>Tabelas</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2552B77A" w14:textId="74B43BB8" w:rsidR="00496F10" w:rsidRDefault="00496F10" w:rsidP="00496F10">
+    <w:p w:rsidR="00496F10" w:rsidP="00496F10" w:rsidRDefault="00496F10" w14:paraId="2552B77A" w14:textId="74B43BB8">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Devem ser citadas no texto, inseridas o mais próximo possível do trecho a que se referem, e padronizadas </w:t>
       </w:r>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>conforme as Normas de apresentação tabular do IBGE. Deve-se indicar a fonte consultada (elemento obrigatório, mesmo que seja produção do próprio autor), de acordo com a ABNT NBR 10520.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="715591D8" w14:textId="6AC33472" w:rsidR="00496F10" w:rsidRDefault="00496F10" w:rsidP="00496F10">
+    <w:p w:rsidR="00496F10" w:rsidP="00496F10" w:rsidRDefault="00496F10" w14:paraId="715591D8" w14:textId="6AC33472">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Toda tabela que ultrapassar, em número de linhas e/ou de colunas, as dimensões de uma página devem ser </w:t>
       </w:r>
       <w:r w:rsidR="002D3D5C">
         <w:t>apresentadas</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> em duas ou mais partes.</w:t>
       </w:r>
       <w:r w:rsidR="00CB656E">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
         </w:rPr>
         <w:footnoteReference w:id="4"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A22C1A7" w14:textId="36D0F543" w:rsidR="00496F10" w:rsidRDefault="00496F10" w:rsidP="00496F10">
+    <w:p w:rsidR="00496F10" w:rsidP="00496F10" w:rsidRDefault="00496F10" w14:paraId="0A22C1A7" w14:textId="36D0F543">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r>
         <w:t>Toda tabela que ultrapassar as dimensões da página deve obedecer ao que se segue:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="726BE6BA" w14:textId="5B605480" w:rsidR="00496F10" w:rsidRDefault="00496F10" w:rsidP="00496F10">
+    <w:p w:rsidR="00496F10" w:rsidP="00496F10" w:rsidRDefault="00496F10" w14:paraId="726BE6BA" w14:textId="5B605480">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r>
         <w:t>a)</w:t>
       </w:r>
       <w:r w:rsidR="00745574">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>cada página deve ter o conteúdo do topo e o cabeçalho da tabela ou o cabeçalho da parte;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="307F5D37" w14:textId="33D104DC" w:rsidR="00496F10" w:rsidRDefault="00496F10" w:rsidP="00496F10">
+    <w:p w:rsidR="00496F10" w:rsidP="00496F10" w:rsidRDefault="00496F10" w14:paraId="307F5D37" w14:textId="33D104DC">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r>
         <w:t>b)</w:t>
       </w:r>
       <w:r w:rsidR="00745574">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>cada página deve ter uma das seguintes indicações: continua para a primeira, conclusão para a última e continuação para as demais;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2127D356" w14:textId="443BA19B" w:rsidR="00496F10" w:rsidRDefault="00496F10" w:rsidP="00496F10">
+    <w:p w:rsidR="00496F10" w:rsidP="00496F10" w:rsidRDefault="00496F10" w14:paraId="2127D356" w14:textId="443BA19B">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r>
         <w:t>c)</w:t>
       </w:r>
       <w:r w:rsidR="00745574">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>cada página deve ter colunas indicadoras e seus respectivos cabeçalhos;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0FE3413E" w14:textId="3EB3A0CF" w:rsidR="00496F10" w:rsidRDefault="00496F10" w:rsidP="00496F10">
+    <w:p w:rsidR="00496F10" w:rsidP="00496F10" w:rsidRDefault="00496F10" w14:paraId="0FE3413E" w14:textId="3EB3A0CF">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r>
         <w:t>d)</w:t>
       </w:r>
       <w:r w:rsidR="00745574">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>o traço horizontal da moldura que· separa o rodapé deve ser apresentado somente em cada página que contenha a última linha da tabela;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77064B33" w14:textId="0C2CF573" w:rsidR="00496F10" w:rsidRDefault="00496F10" w:rsidP="00496F10">
+    <w:p w:rsidR="00496F10" w:rsidP="00496F10" w:rsidRDefault="00496F10" w14:paraId="77064B33" w14:textId="0C2CF573">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r>
         <w:t>e)</w:t>
       </w:r>
       <w:r w:rsidR="00745574">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>o conteúdo do rodapé só deve ser apresentado na página de conclusão.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C0DA601" w14:textId="77777777" w:rsidR="0018362B" w:rsidRDefault="00496F10" w:rsidP="0018362B">
+    <w:p w:rsidR="0018362B" w:rsidP="0018362B" w:rsidRDefault="00496F10" w14:paraId="3C0DA601" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9638"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>A moldura de uma tabela não deve ter traços verticais que a delimitem à esquerda e à direita.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02CD55C4" w14:textId="215F473B" w:rsidR="00CB0B5A" w:rsidRDefault="0018362B" w:rsidP="00CB6F94">
+    <w:p w:rsidR="00CB0B5A" w:rsidP="00CB6F94" w:rsidRDefault="0018362B" w14:paraId="02CD55C4" w14:textId="215F473B">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9638"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Segue abaixo o exemplo de tabela:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F3C6D80" w14:textId="77777777" w:rsidR="00CB0B5A" w:rsidRDefault="00CB0B5A">
+    <w:p w:rsidR="00CB0B5A" w:rsidRDefault="00CB0B5A" w14:paraId="5F3C6D80" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:color="auto" w:sz="4" w:space="0"/>
         </w:tblBorders>
         <w:tblCellMar>
           <w:top w:w="113" w:type="dxa"/>
           <w:bottom w:w="113" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2302"/>
         <w:gridCol w:w="2303"/>
         <w:gridCol w:w="2303"/>
         <w:gridCol w:w="1151"/>
         <w:gridCol w:w="1152"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00AC7281" w14:paraId="04B9C59E" w14:textId="77777777" w:rsidTr="001D3899">
+      <w:tr w:rsidR="00AC7281" w14:paraId="04B9C59E" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9211" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3A82F34F" w14:textId="77777777" w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w:rsidP="000D2A23">
+          <w:p w:rsidR="00AC7281" w:rsidP="000D2A23" w:rsidRDefault="00AC7281" w14:paraId="3A82F34F" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TabelaNivel1LegendasNiveis"/>
               <w:ind w:left="888" w:hanging="888"/>
             </w:pPr>
             <w:r>
-              <w:lastRenderedPageBreak/>
               <w:t>Tabela 1 — Título da tabela (O alinhamento da segunda linha deve começar a partir do recuo do texto da primeira linha, excetuando o termo “Tabela”.)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4CBCDEBD" w14:textId="77777777" w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w:rsidP="001D3899">
+          <w:p w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w14:paraId="4CBCDEBD" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC7281" w14:paraId="2244E199" w14:textId="77777777" w:rsidTr="001D3899">
+      <w:tr w:rsidR="00AC7281" w14:paraId="2244E199" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="163"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="65DEE06A" w14:textId="77777777" w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w:rsidP="001D3899">
+          <w:p w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w14:paraId="65DEE06A" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TextoTabela"/>
             </w:pPr>
             <w:r>
               <w:t>Coluna 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="32542E2E" w14:textId="77777777" w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w:rsidP="001D3899">
+          <w:p w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w14:paraId="32542E2E" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TextoTabela"/>
             </w:pPr>
             <w:r>
               <w:t>Coluna 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="627C7539" w14:textId="77777777" w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w:rsidP="001D3899">
+          <w:p w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w14:paraId="627C7539" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TextoTabela"/>
             </w:pPr>
             <w:r>
               <w:t>Coluna 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5BA9F5BB" w14:textId="77777777" w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w:rsidP="001D3899">
+          <w:p w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w14:paraId="5BA9F5BB" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TextoTabela"/>
             </w:pPr>
             <w:r>
               <w:t>Coluna 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC7281" w14:paraId="630E1F01" w14:textId="77777777" w:rsidTr="001D3899">
+      <w:tr w:rsidR="00AC7281" w14:paraId="630E1F01" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="163"/>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="478F7C2E" w14:textId="77777777" w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w:rsidP="001D3899">
+          <w:p w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w14:paraId="478F7C2E" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TextoTabela"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="669BC321" w14:textId="77777777" w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w:rsidP="001D3899">
+          <w:p w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w14:paraId="669BC321" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TextoTabela"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
             <w:vMerge/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0099C1B4" w14:textId="77777777" w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w:rsidP="001D3899">
+          <w:p w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w14:paraId="0099C1B4" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TextoTabela"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1151" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="25A8BB68" w14:textId="77777777" w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w:rsidP="001D3899">
+          <w:p w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w14:paraId="25A8BB68" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TextoTabela"/>
             </w:pPr>
             <w:r>
               <w:t>Sub-</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="552A5448" w14:textId="77777777" w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w:rsidP="001D3899">
+          <w:p w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w14:paraId="552A5448" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TextoTabela"/>
             </w:pPr>
             <w:r>
               <w:t>Coluna 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1152" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="53F028C8" w14:textId="77777777" w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w:rsidP="001D3899">
+          <w:p w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w14:paraId="53F028C8" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TextoTabela"/>
             </w:pPr>
             <w:r>
               <w:t>Sub-</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3F5961EA" w14:textId="77777777" w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w:rsidP="001D3899">
+          <w:p w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w14:paraId="3F5961EA" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TextoTabela"/>
             </w:pPr>
             <w:r>
               <w:t>Coluna 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC7281" w14:paraId="46155DF0" w14:textId="77777777" w:rsidTr="001D3899">
+      <w:tr w:rsidR="00AC7281" w14:paraId="46155DF0" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2FC850C4" w14:textId="77777777" w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w:rsidP="001D3899">
+          <w:p w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w14:paraId="2FC850C4" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TextoTabela"/>
             </w:pPr>
             <w:r>
               <w:t>Dado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="32CF3C28" w14:textId="77777777" w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w:rsidP="001D3899">
+          <w:p w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w14:paraId="32CF3C28" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TextoTabela"/>
             </w:pPr>
             <w:r>
               <w:t>Dado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="534392E9" w14:textId="77777777" w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w:rsidP="001D3899">
+          <w:p w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w14:paraId="534392E9" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TextoTabela"/>
             </w:pPr>
             <w:r>
               <w:t>Dado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6267E051" w14:textId="77777777" w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w:rsidP="001D3899">
+          <w:p w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w14:paraId="6267E051" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TextoTabela"/>
             </w:pPr>
             <w:r>
               <w:t>Dado</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AC7281" w14:paraId="237476FD" w14:textId="77777777" w:rsidTr="001D3899">
+      <w:tr w:rsidR="00AC7281" w14:paraId="237476FD" w14:textId="77777777">
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2302" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3CC1AA36" w14:textId="77777777" w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w:rsidP="001D3899">
+          <w:p w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w14:paraId="3CC1AA36" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TextoTabela"/>
             </w:pPr>
             <w:r>
               <w:t>Dado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6CABB447" w14:textId="77777777" w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w:rsidP="001D3899">
+          <w:p w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w14:paraId="6CABB447" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TextoTabela"/>
             </w:pPr>
             <w:r>
               <w:t>Dado (1)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="122FFFC2" w14:textId="77777777" w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w:rsidP="001D3899">
+          <w:p w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w14:paraId="122FFFC2" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TextoTabela"/>
             </w:pPr>
             <w:r>
               <w:t>Dado</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2303" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5673619C" w14:textId="77777777" w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w:rsidP="001D3899">
+          <w:p w:rsidR="00AC7281" w:rsidRDefault="00AC7281" w14:paraId="5673619C" w14:textId="77777777">
             <w:pPr>
               <w:pStyle w:val="TextoTabela"/>
             </w:pPr>
             <w:r>
               <w:t>Dado</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="39756BBA" w14:textId="77777777" w:rsidR="00171CB9" w:rsidRDefault="00171CB9" w:rsidP="00022340">
+    <w:p w:rsidR="00171CB9" w:rsidP="00022340" w:rsidRDefault="00171CB9" w14:paraId="39756BBA" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Legendas-TextoCorridoImagensLegendas"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="79C98363" w14:textId="2BBE2A9C" w:rsidR="00022340" w:rsidRDefault="00022340" w:rsidP="00022340">
+    <w:p w:rsidR="00022340" w:rsidP="00022340" w:rsidRDefault="00022340" w14:paraId="79C98363" w14:textId="2BBE2A9C">
       <w:pPr>
         <w:pStyle w:val="Legendas-TextoCorridoImagensLegendas"/>
       </w:pPr>
       <w:r w:rsidRPr="00F66C85">
         <w:t xml:space="preserve">Fonte: </w:t>
       </w:r>
       <w:r>
         <w:t>Origem do dado (Ano)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="108AF4C9" w14:textId="77777777" w:rsidR="00022340" w:rsidRDefault="00022340" w:rsidP="00022340">
+    <w:p w:rsidR="00022340" w:rsidP="00022340" w:rsidRDefault="00022340" w14:paraId="108AF4C9" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Legendas-TextoCorridoImagensLegendas"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42C25664" w14:textId="77777777" w:rsidR="00022340" w:rsidRDefault="00022340" w:rsidP="00166CDB">
+    <w:p w:rsidR="00022340" w:rsidP="00166CDB" w:rsidRDefault="00022340" w14:paraId="42C25664" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Legendas-TextoCorridoImagensLegendas"/>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
       <w:r w:rsidRPr="00F66C85">
         <w:t xml:space="preserve">Nota: </w:t>
       </w:r>
       <w:r>
         <w:t>Sinais convencionais utilizados: (quebra de linha)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
       <w:r>
         <w:br/>
+      </w:r>
+      <w:r>
         <w:t>- 0,00 Dado numérico igual a zero resultante de arredondamento de dado numérico originalmente negativo. (Notar que o recuo deve seguir a primeira linha). – (quebra de linha)</w:t>
       </w:r>
       <w:r>
         <w:br/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="347903AF" w14:textId="77777777" w:rsidR="00022340" w:rsidRDefault="00022340" w:rsidP="00022340">
+    <w:p w:rsidR="00022340" w:rsidP="00022340" w:rsidRDefault="00022340" w14:paraId="347903AF" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Legendas-TextoCorridoImagensLegendas"/>
       </w:pPr>
       <w:r>
         <w:t>(1) Descrição sobre a informação, caso haja. (2) Descrição sobre a informação, caso haja.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0267636D" w14:textId="2BEB5172" w:rsidR="0015016D" w:rsidRDefault="0015016D" w:rsidP="009C5EE7">
+    <w:p w:rsidR="0015016D" w:rsidP="009C5EE7" w:rsidRDefault="0015016D" w14:paraId="0267636D" w14:textId="2BEB5172">
       <w:pPr>
         <w:pStyle w:val="Subseo"/>
       </w:pPr>
       <w:r>
         <w:t>Figuras</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="535E052B" w14:textId="6DE1884B" w:rsidR="0015016D" w:rsidRDefault="0015016D" w:rsidP="0015016D">
+    <w:p w:rsidR="0015016D" w:rsidP="0015016D" w:rsidRDefault="0015016D" w14:paraId="535E052B" w14:textId="6DE1884B">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9638"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Qualquer que seja o tipo de ilustração, esta deve ser precedida de sua palavra designativa (desenho, esquema, fluxograma, fotografia, gráfico, mapa, organograma, planta, quadro, retrato, figura, imagem, entre outros), seguida de seu número de ordem de ocorrência no texto, em algarismos arábicos, de travessão e do respectivo título.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58F921C8" w14:textId="28E21167" w:rsidR="0015016D" w:rsidRDefault="0015016D" w:rsidP="0015016D">
+    <w:p w:rsidR="0015016D" w:rsidP="0015016D" w:rsidRDefault="0015016D" w14:paraId="58F921C8" w14:textId="28E21167">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9638"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Imediatamente após a ilustração, deve-se indicar a fonte consultada (elemento obrigatório, mesmo que seja produção do próprio autor) conforme a ABNT NBR 10520, legenda, notas e outras informações necessárias à sua compreensão (se houver). A ilustração deve ser citada no texto e inserida o mais próximo possível do trecho a que se refere.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="312413BE" w14:textId="6891DA5C" w:rsidR="0081054D" w:rsidRDefault="0015016D" w:rsidP="0015016D">
+    <w:p w:rsidR="0081054D" w:rsidP="0015016D" w:rsidRDefault="0015016D" w14:paraId="312413BE" w14:textId="6891DA5C">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9638"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Tipo, número de ordem, título, fonte, legenda e notas devem acompanhar as margens da ilustração.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73C512F8" w14:textId="3BA89394" w:rsidR="00DD1881" w:rsidRDefault="0015016D" w:rsidP="00CB6F94">
+    <w:p w:rsidR="00DD1881" w:rsidP="00CB6F94" w:rsidRDefault="0015016D" w14:paraId="73C512F8" w14:textId="3BA89394">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
         <w:tabs>
           <w:tab w:val="right" w:pos="9638"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Exemplo de figura:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D326C6E" w14:textId="77777777" w:rsidR="00DD1881" w:rsidRDefault="00DD1881">
+    <w:p w:rsidR="00DD1881" w:rsidRDefault="00DD1881" w14:paraId="4D326C6E" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
           <w:color w:val="000000"/>
           <w:kern w:val="0"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62190F53" w14:textId="75B972F9" w:rsidR="0015016D" w:rsidRDefault="00CF7673" w:rsidP="005F2F35">
+    <w:p w:rsidR="0015016D" w:rsidP="005F2F35" w:rsidRDefault="00CF7673" w14:paraId="62190F53" w14:textId="75B972F9">
       <w:pPr>
         <w:pStyle w:val="FiguraNivel1LegendasNiveis"/>
         <w:tabs>
           <w:tab w:val="clear" w:pos="454"/>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r w:rsidRPr="00CF7673">
-        <w:lastRenderedPageBreak/>
         <w:t>Figura 1 — Título da imagem</w:t>
       </w:r>
       <w:r w:rsidR="00D6519B">
         <w:t>/figura/ilustração/gráfico</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="394B0C48" w14:textId="77777777" w:rsidR="00CF693D" w:rsidRDefault="00CF693D" w:rsidP="00CF7673">
+    <w:p w:rsidR="00CF693D" w:rsidP="00CF7673" w:rsidRDefault="00CF693D" w14:paraId="394B0C48" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FiguraNivel1LegendasNiveis"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="590626ED" w14:textId="4B4BE2DD" w:rsidR="00514E3A" w:rsidRDefault="00514E3A" w:rsidP="00CF7673">
+    <w:p w:rsidR="00514E3A" w:rsidP="00CF7673" w:rsidRDefault="00514E3A" w14:paraId="590626ED" w14:textId="4B4BE2DD">
       <w:pPr>
         <w:pStyle w:val="FiguraNivel1LegendasNiveis"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
               <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7518F4D8" wp14:editId="43C5A021">
                 <wp:extent cx="5400040" cy="3599815"/>
                 <wp:effectExtent l="0" t="0" r="29210" b="19685"/>
                 <wp:docPr id="2088268254" name="Group 5"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
@@ -2922,393 +2890,680 @@
                           <a:ln w="9525">
                             <a:solidFill>
                               <a:srgbClr val="000000"/>
                             </a:solidFill>
                             <a:round/>
                             <a:headEnd/>
                             <a:tailEnd/>
                           </a:ln>
                           <a:extLst>
                             <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
                               <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
                                 <a:noFill/>
                               </a14:hiddenFill>
                             </a:ext>
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr/>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
-            <w:pict>
-[...3 lines deleted...]
-                  <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+            <w:pict w14:anchorId="6713C7B3">
+              <v:group id="Group 5" style="width:425.2pt;height:283.45pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="8504,5669" coordorigin="1705,6955" o:spid="_x0000_s1026" w14:anchorId="335A0FB6" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCmfeNS/AIAAH8JAAAOAAAAZHJzL2Uyb0RvYy54bWzcVl1v0zAUfUfiP1h+Z0m6pmuipdPUfYA0&#10;YGLjB7iJk1g4trHdpuPXc22nXTsGiDH2QB4i31z75t5zjq99fLLuOFpRbZgUBU4OYoyoKGXFRFPg&#10;z7cXb6YYGUtERbgUtMB31OCT2etXx73K6Ui2kldUIwgiTN6rArfWqjyKTNnSjpgDqagAZy11RyyY&#10;uokqTXqI3vFoFMeTqJe6UlqW1Bj4ehaceObj1zUt7ce6NtQiXmDIzfq39u+Fe0ezY5I3mqiWlUMa&#10;5AlZdIQJ+Ok21BmxBC01+yFUx0otjaztQSm7SNY1K6mvAapJ4gfVXGq5VL6WJu8btYUJoH2A05PD&#10;lh9Wl1rdqGsdsofhlSy/GMAl6lWT7/qd3YTJaNG/lxXwSZZW+sLXte5cCCgJrT2+d1t86dqiEj6m&#10;4ziOx0BDCb7DNMumSRoYKFugya1LjuIUI3BPsnTrOx/WT9N4HBank0nmVkYkDz/2yQ7JOfJBTeYe&#10;MPN3gN20RFHPg3GAXGvEqgJnozgbx1maYCRIB1h8ArUR0XCKRi43lwTM3mBrArBIyHkLs+ip1rJv&#10;KakgucTXsrfAGQZo+S3SjyC2wfsXeJFcaWMvqeyQGxRYQ/KeSLK6MjZAu5nieDWSs+qCce4N3Szm&#10;XKMVgW114Z+Bjb1pXKAecEpHqY+85zO7IUAW8DwWomMW+gNnXYGn20kkd7idiwrSJLkljIcxqIEL&#10;L9yAXeBgIas7wFHLsPmhWcGglfobRj1s/AKbr0uiKUb8nQAusmTsJGq9MU6PRmDoXc9i10NECaEK&#10;bDEKw7kN3WWpNGta+FPiaxfyFHZKzTyyjtuQ1ZAsaPWFRJtMJtP08CiZZhvVury8wNHhjmrnInSE&#10;ci2GjrAVrp98e6dA8Xu6DUteWrfGauKAnkshQMJSB7x/omIhnYS9bJ5BnNCeBw3+uR7dDnNYvRz1&#10;ozQdTSfZY8yP/z3zqOZMvd1sh+GUeKbe9V9owJ9gcMr7Q224kbhrxK7tNXN/b5p9BwAA//8DAFBL&#10;AwQUAAYACAAAACEAEg3Ebt0AAAAFAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQUvDQBCF74L/YRnB&#10;m91ETWjTbEop6qkIbQXxNs1Ok9DsbMhuk/Tfu3rRy8DjPd77Jl9NphUD9a6xrCCeRSCIS6sbrhR8&#10;HF4f5iCcR9bYWiYFV3KwKm5vcsy0HXlHw95XIpSwy1BB7X2XSenKmgy6me2Ig3eyvUEfZF9J3eMY&#10;yk0rH6MolQYbDgs1drSpqTzvL0bB24jj+il+Gbbn0+b6dUjeP7cxKXV/N62XIDxN/i8MP/gBHYrA&#10;dLQX1k60CsIj/vcGb55EzyCOCpI0XYAscvmfvvgGAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEApn3jUvwCAAB/CQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAEg3Ebt0AAAAFAQAADwAAAAAAAAAAAAAAAABWBQAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAGAGAAAAAA==&#10;">
+                <v:rect id="Rectangle 2" style="position:absolute;left:1705;top:6955;width:8504;height:5669;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:spid="_x0000_s1027" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCu5zRxygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BbsIw&#10;EETvSPyDtUi9gU3aIpJiEKKiao8QLr1t420SiNdRbCDt12OkSj2OZuaNZrHqbSMu1PnasYbpRIEg&#10;LpypudRwyLfjOQgfkA02jknDD3lYLYeDBWbGXXlHl30oRYSwz1BDFUKbSemLiiz6iWuJo/ftOosh&#10;yq6UpsNrhNtGJkrNpMWa40KFLW0qKk77s9XwVScH/N3lb8qm28fw0efH8+er1g+jfv0CIlAf/sN/&#10;7XejIU1U+qTS5yncL8U7IJc3AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAK7nNHHKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;"/>
+                <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:oned="t" filled="f" o:spt="32" path="m,l21600,21600e">
+                  <v:path fillok="f" arrowok="t" o:connecttype="none"/>
                   <o:lock v:ext="edit" shapetype="t"/>
                 </v:shapetype>
-                <v:shape id="AutoShape 3" o:spid="_x0000_s1028" type="#_x0000_t32" style="position:absolute;left:1705;top:6955;width:8504;height:5669;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCva6gNyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dS8Mw&#10;EH8X/B/CCb6IS6us1rpsVGHgBnvYh+9nczbB5lKbbKv/vREEH+/3fbPF6DpxoiFYzwrySQaCuPHa&#10;cqvgsF/eliBCRNbYeSYF3xRgMb+8mGGl/Zm3dNrFVqQQDhUqMDH2lZShMeQwTHxPnLgPPziM6Rxa&#10;qQc8p3DXybssK6RDy6nBYE8vhprP3dEp2Kzy5/rd2NV6+2U302XdHdubN6Wur8b6CUSkMf6L/9yv&#10;Os0vinJ6/5CXj/D7UwJAzn8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAr2uoDckAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;"/>
-                <v:shape id="AutoShape 4" o:spid="_x0000_s1029" type="#_x0000_t32" style="position:absolute;left:1705;top:6955;width:8504;height:5669;flip:x;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBYnu4dygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvgf6D2EIvoZFtSHDcKCEUCiWHQBMfclykrW1qrRxJddy/jwqFHoeZecNsdpPtxUg+dI4V5IsM&#10;BLF2puNGQX1+ey5BhIhssHdMCn4owG77MNtgZdyNP2g8xUYkCIcKFbQxDpWUQbdkMSzcQJy8T+ct&#10;xiR9I43HW4LbXhZZtpIWO04LLQ702pL+On1bBd2hPtbj/Bq9Lg/5xefhfOm1Uk+P0/4FRKQp/of/&#10;2u9GQbFcFuVqXa7h91K6A3J7BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFie7h3KAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;"/>
+                <v:shape id="AutoShape 3" style="position:absolute;left:1705;top:6955;width:8504;height:5669;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1028" o:connectortype="straight" type="#_x0000_t32" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCva6gNyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/dS8Mw&#10;EH8X/B/CCb6IS6us1rpsVGHgBnvYh+9nczbB5lKbbKv/vREEH+/3fbPF6DpxoiFYzwrySQaCuPHa&#10;cqvgsF/eliBCRNbYeSYF3xRgMb+8mGGl/Zm3dNrFVqQQDhUqMDH2lZShMeQwTHxPnLgPPziM6Rxa&#10;qQc8p3DXybssK6RDy6nBYE8vhprP3dEp2Kzy5/rd2NV6+2U302XdHdubN6Wur8b6CUSkMf6L/9yv&#10;Os0vinJ6/5CXj/D7UwJAzn8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAr2uoDckAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;"/>
+                <v:shape id="AutoShape 4" style="position:absolute;left:1705;top:6955;width:8504;height:5669;flip:x;visibility:visible;mso-wrap-style:square" o:spid="_x0000_s1029" o:connectortype="straight" type="#_x0000_t32" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBYnu4dygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvgf6D2EIvoZFtSHDcKCEUCiWHQBMfclykrW1qrRxJddy/jwqFHoeZecNsdpPtxUg+dI4V5IsM&#10;BLF2puNGQX1+ey5BhIhssHdMCn4owG77MNtgZdyNP2g8xUYkCIcKFbQxDpWUQbdkMSzcQJy8T+ct&#10;xiR9I43HW4LbXhZZtpIWO04LLQ702pL+On1bBd2hPtbj/Bq9Lg/5xefhfOm1Uk+P0/4FRKQp/of/&#10;2u9GQbFcFuVqXa7h91K6A3J7BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFie7h3KAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;"/>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27205F39" w14:textId="77777777" w:rsidR="00171CB9" w:rsidRDefault="00171CB9" w:rsidP="005F2F35">
+    <w:p w:rsidR="00171CB9" w:rsidP="005F2F35" w:rsidRDefault="00171CB9" w14:paraId="27205F39" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Legendas-TextoCorridoImagensLegendas"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="071665F6" w14:textId="68B29C3B" w:rsidR="005F2F35" w:rsidRDefault="00CF693D" w:rsidP="005F2F35">
+    <w:p w:rsidR="005F2F35" w:rsidP="005F2F35" w:rsidRDefault="00CF693D" w14:paraId="071665F6" w14:textId="68B29C3B">
       <w:pPr>
         <w:pStyle w:val="Legendas-TextoCorridoImagensLegendas"/>
       </w:pPr>
       <w:r w:rsidRPr="00F66C85">
         <w:t xml:space="preserve">Fonte: </w:t>
       </w:r>
       <w:r>
         <w:t>Origem do dado (Ano)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D4875FD" w14:textId="77777777" w:rsidR="004E09A5" w:rsidRDefault="004E09A5" w:rsidP="005F2F35">
+    <w:p w:rsidR="004E09A5" w:rsidP="005F2F35" w:rsidRDefault="004E09A5" w14:paraId="2D4875FD" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Legendas-TextoCorridoImagensLegendas"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13426D38" w14:textId="77777777" w:rsidR="00793BDC" w:rsidRDefault="00CF693D" w:rsidP="00793BDC">
+    <w:p w:rsidR="00793BDC" w:rsidP="00793BDC" w:rsidRDefault="00CF693D" w14:paraId="13426D38" w14:textId="3A40F51A">
       <w:pPr>
         <w:pStyle w:val="Legendas-TextoCorridoImagensLegendas"/>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
       <w:r w:rsidRPr="00F66C85">
         <w:t xml:space="preserve">Nota: </w:t>
       </w:r>
       <w:r>
         <w:t>(1) Descrição sobre a informação, caso haja. (2) Descrição sobre a informação, caso haja. (</w:t>
       </w:r>
       <w:r w:rsidR="00DC40CC">
         <w:t>3</w:t>
       </w:r>
       <w:r>
-        <w:t>) Descrição sobre a informação, caso haja. (</w:t>
+        <w:t>) Descrição sobre a informação, caso</w:t>
+      </w:r>
+      <w:r w:rsidR="0097501D">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>haja. (</w:t>
       </w:r>
       <w:r w:rsidR="00DC40CC">
         <w:t>4</w:t>
       </w:r>
       <w:r>
         <w:t>) Descrição sobre a informação, caso haja. (</w:t>
       </w:r>
       <w:r w:rsidR="00DC40CC">
         <w:t>5</w:t>
       </w:r>
       <w:r>
         <w:t>) Descrição sobre a informação, caso haja</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="105334CB" w14:textId="77777777" w:rsidR="00793BDC" w:rsidRDefault="00793BDC" w:rsidP="00793BDC">
+    <w:p w:rsidR="00793BDC" w:rsidP="00793BDC" w:rsidRDefault="00793BDC" w14:paraId="105334CB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="Legendas-TextoCorridoImagensLegendas"/>
         <w:ind w:left="426" w:hanging="426"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19CEB6E3" w14:textId="7664B3D0" w:rsidR="00F1784D" w:rsidRDefault="00F1784D" w:rsidP="00793BDC">
+    <w:p w:rsidR="00F1784D" w:rsidP="00793BDC" w:rsidRDefault="00F1784D" w14:paraId="19CEB6E3" w14:textId="7664B3D0">
       <w:pPr>
         <w:pStyle w:val="SeesArtigo"/>
       </w:pPr>
       <w:r>
         <w:t>CONSIDERAÇÕES FINAIS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A4AEC0C" w14:textId="50D2EDBE" w:rsidR="00F1784D" w:rsidRDefault="00F1784D" w:rsidP="00F1784D">
+    <w:p w:rsidR="00F1784D" w:rsidP="00F1784D" w:rsidRDefault="00F1784D" w14:paraId="2A4AEC0C" w14:textId="50D2EDBE">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
       <w:r>
         <w:t>Parte final do artigo na qual se apresentam as considerações correspondentes aos objetivos e/ou hipóteses.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="174E5593" w14:textId="61E913D0" w:rsidR="00F1784D" w:rsidRDefault="00F1784D" w:rsidP="009C5EE7">
+    <w:p w:rsidR="00D360B6" w:rsidP="00D360B6" w:rsidRDefault="00F1784D" w14:paraId="5F2549FB" w14:textId="1ADD7804">
       <w:pPr>
         <w:pStyle w:val="SeesArtigo"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:ind w:left="284"/>
       </w:pPr>
       <w:r>
         <w:t>REFERÊNCIAS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3335B5FE" w14:textId="77777777" w:rsidR="00F1784D" w:rsidRDefault="00F1784D" w:rsidP="00F1784D">
+    <w:p w:rsidR="00D360B6" w:rsidP="00DC2129" w:rsidRDefault="00D360B6" w14:paraId="3ADE877F" w14:textId="0CC4C7DA">
       <w:pPr>
         <w:pStyle w:val="RefernciasTextoArtigos"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="2E939B57" w14:textId="77777777" w:rsidR="00F1784D" w:rsidRDefault="00F1784D" w:rsidP="00F1784D">
+        <w:ind w:firstLine="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00F3505A">
+        <w:t>As referências devem ser apresentadas com a seguinte formatação:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D360B6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3505A">
+        <w:t>alinhamento de texto à esquerda;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D360B6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3505A">
+        <w:t>espacejamento simples entre linhas;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D360B6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3505A">
+        <w:t>fonte</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745473" w:rsidR="003A222E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00745473" w:rsidR="003A222E">
+        <w:t>Georgia, 10pt</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3505A">
+        <w:t>;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D360B6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3505A">
+        <w:t>ordenadas alfabeticamente;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D360B6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3505A">
+        <w:t>espaço de uma linha em branco entre cada referência;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D360B6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F3505A">
+        <w:t>inseridas logo após o capítulo de conclusão do trabalho;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D360B6">
+        <w:t xml:space="preserve"> o título da seção não </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D360B6">
+        <w:t>possui indicativo numérico</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>(exemplos: a, b, c, d, e, f):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F1784D" w:rsidP="00F1784D" w:rsidRDefault="00F1784D" w14:paraId="2E939B57" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="RefernciasTextoArtigos"/>
       </w:pPr>
       <w:r>
         <w:t>a) Artigos de revistas:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FBB346D" w14:textId="77777777" w:rsidR="00F1784D" w:rsidRDefault="00F1784D" w:rsidP="00F1784D">
+    <w:p w:rsidR="00F1784D" w:rsidP="003A222E" w:rsidRDefault="00F1784D" w14:paraId="6FBB346D" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="RefernciasTextoArtigos"/>
-      </w:pPr>
-[...5 lines deleted...]
-    <w:p w14:paraId="7BD73DA8" w14:textId="77777777" w:rsidR="00F1784D" w:rsidRDefault="00F1784D" w:rsidP="00F1784D">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">GONÇALVES, L. M. G.; CESAR JUNIOR, R. M. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A222E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Robótica, Sistemas Sensorial e Motos</w:t>
+      </w:r>
+      <w:r>
+        <w:t>: principais tendências e direções. Revista de Informática Teórica e Aplicada, Porto Alegre, v.9, n.2, p. 7-36, out. 2002.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F1784D" w:rsidP="003A222E" w:rsidRDefault="00F1784D" w14:paraId="7BD73DA8" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="RefernciasTextoArtigos"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>b) Livros:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B65489A" w14:textId="77777777" w:rsidR="00F1784D" w:rsidRDefault="00F1784D" w:rsidP="00F1784D">
+    <w:p w:rsidR="00F1784D" w:rsidP="003A222E" w:rsidRDefault="00F1784D" w14:paraId="0B65489A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="RefernciasTextoArtigos"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="479EE515" w14:textId="77777777" w:rsidR="00F1784D" w:rsidRDefault="00F1784D" w:rsidP="00F1784D">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">OLIVEIRA, José Paulo Moreira de; MOTTA, Carlos Alberto Paula. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A222E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Como escrever textos técnicos</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. São Paulo: Pioneira Thomson Learning, 2005.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F1784D" w:rsidP="00F1784D" w:rsidRDefault="00F1784D" w14:paraId="479EE515" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="RefernciasTextoArtigos"/>
       </w:pPr>
       <w:r>
         <w:t>c) Capítulo de livro:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35C725C1" w14:textId="77777777" w:rsidR="00F1784D" w:rsidRDefault="00F1784D" w:rsidP="00F1784D">
+    <w:p w:rsidR="00F1784D" w:rsidP="003A222E" w:rsidRDefault="00F1784D" w14:paraId="35C725C1" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="RefernciasTextoArtigos"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="34002FC3" w14:textId="77777777" w:rsidR="00F1784D" w:rsidRDefault="00F1784D" w:rsidP="00F1784D">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">MACHADO, Irene A. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A222E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Os gêneros e o corpo do acabamento estético</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. In BRAIT, Beth (org.) Bakhtin: dialogismo e construção do sentido. 2. ed. rev. Campinas, SP: Editora da UNI-CAMP, 2005. Cap. 3, p. 131-148.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F1784D" w:rsidP="00F1784D" w:rsidRDefault="00F1784D" w14:paraId="34002FC3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="RefernciasTextoArtigos"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">d) Trabalhos apresentados em congressos (Anais, Resumos, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>Proceedings</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>CDRom</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06350CBB" w14:textId="77777777" w:rsidR="00F1784D" w:rsidRDefault="00F1784D" w:rsidP="00F1784D">
+    <w:p w:rsidR="00F1784D" w:rsidP="003A222E" w:rsidRDefault="00F1784D" w14:paraId="06350CBB" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="RefernciasTextoArtigos"/>
+        <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">BIAVA, L. C. </w:t>
       </w:r>
       <w:r w:rsidRPr="00C2082E">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>et al.</w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve"> A Perspectiva Semântica no Design de Interação: estilos de interação em diferentes formas de linguagem. In: Congresso Internacional de Ergonomia e Usabilidade, Design de interfaces e Interação Humano Computador, 8, 2008, São Luís. Anais... São Luís, jun. 2008. 1 </w:t>
+        <w:t xml:space="preserve"> A </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A222E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Perspectiva Semântica no Design de Interação</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve">: estilos de interação em diferentes formas de linguagem. In: Congresso Internacional de Ergonomia e Usabilidade, Design de interfaces e Interação Humano Computador, 8, 2008, São Luís. Anais... São Luís, jun. 2008. 1 </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:t>CDRom</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C3620F3" w14:textId="77777777" w:rsidR="00F1784D" w:rsidRDefault="00F1784D" w:rsidP="00F1784D">
+    <w:p w:rsidR="00F1784D" w:rsidP="00F1784D" w:rsidRDefault="00F1784D" w14:paraId="3C3620F3" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="RefernciasTextoArtigos"/>
       </w:pPr>
       <w:r>
         <w:t>e) Dissertações e teses:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="039ADAE7" w14:textId="5DBFF259" w:rsidR="00F1784D" w:rsidRDefault="00F1784D" w:rsidP="00F1784D">
+    <w:p w:rsidR="00F1784D" w:rsidP="003A222E" w:rsidRDefault="00F1784D" w14:paraId="039ADAE7" w14:textId="5DBFF259">
       <w:pPr>
         <w:pStyle w:val="RefernciasTextoArtigos"/>
-      </w:pPr>
-[...4 lines deleted...]
-    <w:p w14:paraId="66CC947A" w14:textId="77777777" w:rsidR="00F1784D" w:rsidRDefault="00F1784D" w:rsidP="00F1784D">
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">MENEGHETTI, E. A. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A222E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Uma proposta de uso da arquitetura trace como um sistema de detecção de intrusão</w:t>
+      </w:r>
+      <w:r>
+        <w:t>. 2002. 105 f. Dissertação (Mestrado em Ciência da Computação) – Instituto de Informática, UFRGS, Porto Alegre, 2002.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00587BCA" w:rsidR="00F1784D" w:rsidP="00F1784D" w:rsidRDefault="00F1784D" w14:paraId="66CC947A" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="RefernciasTextoArtigos"/>
-      </w:pPr>
-[...1 lines deleted...]
-        <w:t xml:space="preserve">f) WWW (World </w:t>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00587BCA">
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>f) WWW (World Wide Web) e FTP (File Transfer Protocol):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00F1784D" w:rsidP="003A222E" w:rsidRDefault="00F1784D" w14:paraId="57C56BD6" w14:textId="5C8A7F30">
+      <w:pPr>
+        <w:pStyle w:val="RefernciasTextoArtigos"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">ALVES, Maria Bernadete Martins; ARRUDA, Susana </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
-        <w:t>Wide</w:t>
+        <w:t>Magareth</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
-        <w:t xml:space="preserve"> Web) e FTP (File </w:t>
-[...48 lines deleted...]
-    <w:p w14:paraId="136CEA57" w14:textId="4EAC92BD" w:rsidR="00A65387" w:rsidRPr="00A65387" w:rsidRDefault="00D65DEE" w:rsidP="00A65387">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="003A222E">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Como fazer referências</w:t>
+      </w:r>
+      <w:r>
+        <w:t>: bibliográficas, eletrônicas e demais formas de documentos. Disponível em</w:t>
+      </w:r>
+      <w:r w:rsidR="003A222E">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:t>http://www.bu.ufsc.br/framerefer.html. Acesso em</w:t>
+      </w:r>
+      <w:r w:rsidR="003A222E">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r>
+        <w:t>26 de outubro de 2009.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="002578EB" w:rsidR="00A65387" w:rsidP="00A65387" w:rsidRDefault="00D65DEE" w14:paraId="136CEA57" w14:textId="4EAC92BD">
       <w:pPr>
         <w:pStyle w:val="Sub-IntertituloTextoArtigos"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002578EB">
         <w:t>DECLARAÇÃO DE AUTORIA</w:t>
       </w:r>
-      <w:r w:rsidR="00A65387">
-[...12 lines deleted...]
-    <w:p w14:paraId="3A1A09C3" w14:textId="5F5D31DC" w:rsidR="00D65DEE" w:rsidRPr="00CF693D" w:rsidRDefault="00A65387" w:rsidP="00A65387">
+      <w:r w:rsidRPr="002578EB" w:rsidR="00A65387">
+        <w:t xml:space="preserve"> (O autor que submete deve declarar a contribuição de cada autor para o artigo no momento da submissão)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D65DEE" w:rsidP="00A65387" w:rsidRDefault="00A65387" w14:paraId="3A1A09C3" w14:textId="5F5D31DC">
       <w:pPr>
         <w:pStyle w:val="TextoCorridoTextoArtigos"/>
       </w:pPr>
-      <w:r w:rsidRPr="00A65387">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002578EB">
         <w:t>Este artigo foi desenvolvido pelos/as autor 1, autor 2, assim por diante. O desenho e a coleta dos dados foram realizados por autor1, autor 2, autor 3, assim por diante. Todas/os as/os autoras/es colaboraram na interpretação dos resultados, redação e revisão do artigo. </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00D65DEE" w:rsidRPr="00CF693D">
-      <w:pgSz w:w="11906" w:h="15307"/>
+    <w:p w:rsidR="006954F5" w:rsidP="00CB6046" w:rsidRDefault="006954F5" w14:paraId="5664AB6A" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="SubtituloTitulosPrincipais"/>
+        <w:spacing w:before="240" w:after="240"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009450D9">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Em caso de dúvidas no preenchimento do modelo,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="009450D9" w:rsidR="006954F5" w:rsidP="378DF7FA" w:rsidRDefault="006954F5" w14:paraId="6F10F306" w14:textId="6B30AD80">
+      <w:pPr>
+        <w:pStyle w:val="SubtituloTitulosPrincipais"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:contextualSpacing w:val="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="378DF7FA" w:rsidR="006954F5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">envie um e-mail para </w:t>
+      </w:r>
+      <w:r w:rsidRPr="378DF7FA" w:rsidR="4075E127">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>revistaparticipacao@unb.br</w:t>
+      </w:r>
+      <w:r w:rsidRPr="378DF7FA" w:rsidR="006954F5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006954F5" w:rsidP="00CB6046" w:rsidRDefault="006954F5" w14:paraId="78480E22" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="SubtituloTitulosPrincipais"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="006954F5" w:rsidP="378DF7FA" w:rsidRDefault="006954F5" w14:paraId="7F533059" w14:textId="2C75B27E">
+      <w:pPr>
+        <w:pStyle w:val="SubtituloTitulosPrincipais"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:contextualSpacing w:val="1"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="378DF7FA" w:rsidR="006954F5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>*</w:t>
+      </w:r>
+      <w:r w:rsidRPr="378DF7FA" w:rsidR="006954F5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Normas atualizadas em </w:t>
+      </w:r>
+      <w:r w:rsidRPr="378DF7FA" w:rsidR="006954F5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>j</w:t>
+      </w:r>
+      <w:r w:rsidRPr="378DF7FA" w:rsidR="006954F5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>aneiro de 202</w:t>
+      </w:r>
+      <w:r w:rsidRPr="378DF7FA" w:rsidR="6466D979">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidRPr="378DF7FA" w:rsidR="006954F5">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="006954F5" w:rsidP="00CB6046" w:rsidRDefault="006954F5" w14:paraId="3572CC3B" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="SubtituloTitulosPrincipais"/>
+        <w:spacing w:before="120" w:after="120"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="0003060C" w:rsidR="006954F5" w:rsidP="00CB6046" w:rsidRDefault="006954F5" w14:paraId="1011BDB1" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="SubtituloTitulosPrincipais"/>
+        <w:spacing w:before="280" w:after="280" w:line="320" w:lineRule="exact"/>
+        <w:ind w:left="357"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0003060C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Diretoria de Desenvolvimento e Integração Social (DDIS/DEX/UnB)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="0003060C" w:rsidR="006954F5" w:rsidP="00CB6046" w:rsidRDefault="006954F5" w14:paraId="13A6E301" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="SubtituloTitulosPrincipais"/>
+        <w:spacing w:before="280" w:after="280" w:line="320" w:lineRule="exact"/>
+        <w:ind w:left="357"/>
+        <w:contextualSpacing/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0003060C">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Decanato de Extensão (DEX/UnB)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="00CF693D" w:rsidR="006954F5" w:rsidP="00CB6046" w:rsidRDefault="006954F5" w14:paraId="56CB756D" w14:textId="77777777">
+      <w:pPr>
+        <w:pStyle w:val="TextoCorridoTextoArtigos"/>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidRPr="00CF693D" w:rsidR="006954F5">
+      <w:pgSz w:w="11906" w:h="15307" w:orient="portrait"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1701" w:left="1134" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3AEB8276" w14:textId="77777777" w:rsidR="00FC0E2C" w:rsidRDefault="00FC0E2C" w:rsidP="006063F4">
+    <w:p w:rsidR="0092714A" w:rsidP="006063F4" w:rsidRDefault="0092714A" w14:paraId="44DCD60F" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19D473A6" w14:textId="77777777" w:rsidR="00FC0E2C" w:rsidRDefault="00FC0E2C" w:rsidP="006063F4">
+    <w:p w:rsidR="0092714A" w:rsidP="006063F4" w:rsidRDefault="0092714A" w14:paraId="750D6822" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -3356,140 +3611,140 @@
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="676CA975" w14:textId="77777777" w:rsidR="00FC0E2C" w:rsidRDefault="00FC0E2C" w:rsidP="006063F4">
+    <w:p w:rsidR="0092714A" w:rsidP="006063F4" w:rsidRDefault="0092714A" w14:paraId="66531710" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7DA836E9" w14:textId="77777777" w:rsidR="00FC0E2C" w:rsidRDefault="00FC0E2C" w:rsidP="006063F4">
+    <w:p w:rsidR="0092714A" w:rsidP="006063F4" w:rsidRDefault="0092714A" w14:paraId="0CDFB7B8" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="77563EA4" w14:textId="54BACA3D" w:rsidR="00122779" w:rsidRDefault="00122779" w:rsidP="00832CCE">
+    <w:p w:rsidR="00122779" w:rsidP="00832CCE" w:rsidRDefault="00122779" w14:paraId="77563EA4" w14:textId="54BACA3D">
       <w:pPr>
         <w:pStyle w:val="NotadeRodapTextoArtigos"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00832CCE" w:rsidRPr="00832CCE">
+      <w:r w:rsidRPr="00745473" w:rsidR="00832CCE">
         <w:t>ABNT NBR 6024 (2012).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="0E12570B" w14:textId="719F0BCF" w:rsidR="0009659B" w:rsidRDefault="0009659B" w:rsidP="00CD5CEA">
+    <w:p w:rsidR="0009659B" w:rsidP="00CD5CEA" w:rsidRDefault="0009659B" w14:paraId="0E12570B" w14:textId="719F0BCF">
       <w:pPr>
         <w:pStyle w:val="NotadeRodapTextoArtigos"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CD5CEA" w:rsidRPr="00D41BB7">
+      <w:r w:rsidRPr="00D41BB7" w:rsidR="00CD5CEA">
         <w:t>ABNT NBR 6024 (2012).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="35606942" w14:textId="1F5F8428" w:rsidR="006E38D2" w:rsidRDefault="006E38D2" w:rsidP="007F47F9">
+    <w:p w:rsidR="006E38D2" w:rsidP="007F47F9" w:rsidRDefault="006E38D2" w14:paraId="35606942" w14:textId="1F5F8428">
       <w:pPr>
         <w:pStyle w:val="NotadeRodapTextoArtigos"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="007F47F9" w:rsidRPr="00D41BB7">
+      <w:r w:rsidRPr="00D41BB7" w:rsidR="007F47F9">
         <w:t xml:space="preserve">ABNT NBR </w:t>
       </w:r>
       <w:r w:rsidR="007F47F9">
         <w:t>10520</w:t>
       </w:r>
-      <w:r w:rsidR="007F47F9" w:rsidRPr="00D41BB7">
+      <w:r w:rsidRPr="00D41BB7" w:rsidR="007F47F9">
         <w:t xml:space="preserve"> (2</w:t>
       </w:r>
       <w:r w:rsidR="007F47F9">
         <w:t>023</w:t>
       </w:r>
-      <w:r w:rsidR="007F47F9" w:rsidRPr="00D41BB7">
+      <w:r w:rsidRPr="00D41BB7" w:rsidR="007F47F9">
         <w:t>).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
-    <w:p w14:paraId="0448720D" w14:textId="01D7ECA6" w:rsidR="00CB656E" w:rsidRDefault="00CB656E" w:rsidP="00FA37A5">
+    <w:p w:rsidR="00CB656E" w:rsidP="00FA37A5" w:rsidRDefault="00CB656E" w14:paraId="0448720D" w14:textId="01D7ECA6">
       <w:pPr>
         <w:pStyle w:val="NotadeRodapTextoArtigos"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00FA37A5">
         <w:t>Normas de Apresentação Tabular IBGE (1993).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03533665"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
@@ -3571,51 +3826,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="03F62CE9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7098F3E2"/>
     <w:lvl w:ilvl="0" w:tplc="6136AD68">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="OrientaesGerais-TopicoLetra"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="709" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04160019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0416000F" w:tentative="1">
       <w:start w:val="1"/>
@@ -3752,51 +4007,51 @@
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="1800"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F122272"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="48323450"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="OrientaesGerais"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Georgia" w:hAnsi="Georgia"/>
         <w:b/>
         <w:i w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="792" w:hanging="432"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1224" w:hanging="504"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
@@ -4046,147 +4301,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0416001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6687" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="444B2CD8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E19A749E"/>
     <w:lvl w:ilvl="0" w:tplc="263882C0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A3208D60">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="089C9996">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="AF06225E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="DD42CBAA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="D0D4CEFA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="FE0A9314">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0F4A06AA">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0E54E7D2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B1E7A2C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="6ED2F194"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4501,377 +4756,423 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="80"/>
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="dirty"/>
   <w:stylePaneFormatFilter w:val="1628" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="compressPunctuation"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:spaceForUL/>
     <w:balanceSingleByteDoubleByteWidth/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="006A6D97"/>
     <w:rsid w:val="00007710"/>
     <w:rsid w:val="0001335C"/>
     <w:rsid w:val="00021298"/>
     <w:rsid w:val="00022340"/>
     <w:rsid w:val="0003060C"/>
     <w:rsid w:val="0005072F"/>
     <w:rsid w:val="00051FC6"/>
     <w:rsid w:val="000553EE"/>
     <w:rsid w:val="00075E89"/>
+    <w:rsid w:val="000938A5"/>
     <w:rsid w:val="0009659B"/>
+    <w:rsid w:val="000B2910"/>
+    <w:rsid w:val="000C4AE3"/>
     <w:rsid w:val="000D2A23"/>
     <w:rsid w:val="0011252F"/>
     <w:rsid w:val="00122779"/>
     <w:rsid w:val="00123C3A"/>
     <w:rsid w:val="0015016D"/>
     <w:rsid w:val="00163C8D"/>
     <w:rsid w:val="00166CDB"/>
     <w:rsid w:val="00171CB9"/>
     <w:rsid w:val="00182478"/>
     <w:rsid w:val="0018362B"/>
     <w:rsid w:val="001A1CC6"/>
     <w:rsid w:val="001A5F20"/>
     <w:rsid w:val="001C44B5"/>
     <w:rsid w:val="001D02ED"/>
+    <w:rsid w:val="001F1302"/>
     <w:rsid w:val="001F53AB"/>
     <w:rsid w:val="00206AF1"/>
     <w:rsid w:val="00207886"/>
     <w:rsid w:val="00222DDA"/>
+    <w:rsid w:val="002578EB"/>
     <w:rsid w:val="002B5913"/>
     <w:rsid w:val="002C3ACB"/>
+    <w:rsid w:val="002D3B3A"/>
     <w:rsid w:val="002D3D5C"/>
     <w:rsid w:val="002D44F0"/>
     <w:rsid w:val="003010BC"/>
     <w:rsid w:val="00310F4F"/>
     <w:rsid w:val="00341E10"/>
     <w:rsid w:val="003437C3"/>
     <w:rsid w:val="00355769"/>
     <w:rsid w:val="003805E4"/>
     <w:rsid w:val="00382CCB"/>
     <w:rsid w:val="00385696"/>
     <w:rsid w:val="00385873"/>
     <w:rsid w:val="003925A8"/>
+    <w:rsid w:val="003A222E"/>
     <w:rsid w:val="003A6CF8"/>
     <w:rsid w:val="003C68A8"/>
     <w:rsid w:val="003E2E58"/>
+    <w:rsid w:val="003F46DE"/>
+    <w:rsid w:val="004056BB"/>
+    <w:rsid w:val="004175AE"/>
     <w:rsid w:val="004425BB"/>
     <w:rsid w:val="00444DAA"/>
+    <w:rsid w:val="00461036"/>
     <w:rsid w:val="00466556"/>
     <w:rsid w:val="004805FF"/>
     <w:rsid w:val="00491168"/>
     <w:rsid w:val="00496F10"/>
     <w:rsid w:val="00497899"/>
+    <w:rsid w:val="004C0740"/>
     <w:rsid w:val="004E09A5"/>
     <w:rsid w:val="004E7EC0"/>
+    <w:rsid w:val="004F06A8"/>
     <w:rsid w:val="004F06DD"/>
     <w:rsid w:val="00500288"/>
     <w:rsid w:val="00511E11"/>
     <w:rsid w:val="00514E3A"/>
     <w:rsid w:val="00546F75"/>
+    <w:rsid w:val="005562F0"/>
     <w:rsid w:val="005769F6"/>
+    <w:rsid w:val="00587BCA"/>
     <w:rsid w:val="005B3FA2"/>
     <w:rsid w:val="005C1308"/>
     <w:rsid w:val="005C13D4"/>
     <w:rsid w:val="005E7387"/>
     <w:rsid w:val="005F262B"/>
     <w:rsid w:val="005F2F35"/>
     <w:rsid w:val="005F7B9D"/>
     <w:rsid w:val="006063F4"/>
     <w:rsid w:val="00621858"/>
     <w:rsid w:val="0068793B"/>
+    <w:rsid w:val="006954F5"/>
     <w:rsid w:val="006A6D97"/>
+    <w:rsid w:val="006B02BE"/>
     <w:rsid w:val="006D6CD9"/>
     <w:rsid w:val="006E38D2"/>
     <w:rsid w:val="006E525D"/>
+    <w:rsid w:val="006F0477"/>
+    <w:rsid w:val="00745473"/>
     <w:rsid w:val="00745574"/>
     <w:rsid w:val="00763A16"/>
     <w:rsid w:val="00772721"/>
     <w:rsid w:val="00793BDC"/>
     <w:rsid w:val="007A5D52"/>
     <w:rsid w:val="007A66E0"/>
     <w:rsid w:val="007C0878"/>
     <w:rsid w:val="007D54B4"/>
     <w:rsid w:val="007F47F9"/>
     <w:rsid w:val="0081054D"/>
     <w:rsid w:val="00812D3A"/>
     <w:rsid w:val="00832CCE"/>
     <w:rsid w:val="00850D48"/>
+    <w:rsid w:val="00853EC7"/>
     <w:rsid w:val="008602BD"/>
     <w:rsid w:val="008B09FC"/>
+    <w:rsid w:val="008B425C"/>
     <w:rsid w:val="008F5DBF"/>
     <w:rsid w:val="00915DF3"/>
     <w:rsid w:val="009227AB"/>
+    <w:rsid w:val="0092714A"/>
     <w:rsid w:val="009450D9"/>
     <w:rsid w:val="00950D14"/>
     <w:rsid w:val="00951E38"/>
+    <w:rsid w:val="0097501D"/>
+    <w:rsid w:val="00977C0A"/>
     <w:rsid w:val="009960EA"/>
     <w:rsid w:val="009A4B5F"/>
     <w:rsid w:val="009C3B7A"/>
     <w:rsid w:val="009C5EE7"/>
     <w:rsid w:val="009E18E7"/>
     <w:rsid w:val="009F527F"/>
     <w:rsid w:val="00A3004B"/>
     <w:rsid w:val="00A3704D"/>
     <w:rsid w:val="00A65387"/>
     <w:rsid w:val="00A74379"/>
     <w:rsid w:val="00A97DB5"/>
     <w:rsid w:val="00AC7281"/>
     <w:rsid w:val="00AE47F4"/>
     <w:rsid w:val="00AE664E"/>
     <w:rsid w:val="00AF23FC"/>
+    <w:rsid w:val="00B02A9E"/>
     <w:rsid w:val="00B634DC"/>
     <w:rsid w:val="00B9049E"/>
     <w:rsid w:val="00B95540"/>
     <w:rsid w:val="00BA22E4"/>
     <w:rsid w:val="00BA3E57"/>
     <w:rsid w:val="00BA6301"/>
     <w:rsid w:val="00BB3DC6"/>
+    <w:rsid w:val="00BC6596"/>
     <w:rsid w:val="00BF36F5"/>
+    <w:rsid w:val="00BF3D11"/>
     <w:rsid w:val="00C00FFC"/>
     <w:rsid w:val="00C01C3C"/>
     <w:rsid w:val="00C162E6"/>
     <w:rsid w:val="00C2082E"/>
+    <w:rsid w:val="00C41210"/>
     <w:rsid w:val="00C4779A"/>
     <w:rsid w:val="00C65699"/>
     <w:rsid w:val="00C71C48"/>
     <w:rsid w:val="00C94BF3"/>
     <w:rsid w:val="00C97BB0"/>
+    <w:rsid w:val="00CA1E2D"/>
     <w:rsid w:val="00CB0B5A"/>
+    <w:rsid w:val="00CB6046"/>
     <w:rsid w:val="00CB656E"/>
     <w:rsid w:val="00CB6F94"/>
     <w:rsid w:val="00CC4DF1"/>
     <w:rsid w:val="00CD5CEA"/>
     <w:rsid w:val="00CE0BB5"/>
     <w:rsid w:val="00CF693D"/>
+    <w:rsid w:val="00CF7084"/>
     <w:rsid w:val="00CF7673"/>
+    <w:rsid w:val="00D1175F"/>
     <w:rsid w:val="00D13474"/>
     <w:rsid w:val="00D27207"/>
     <w:rsid w:val="00D31FA4"/>
+    <w:rsid w:val="00D360B6"/>
     <w:rsid w:val="00D50094"/>
     <w:rsid w:val="00D514F6"/>
+    <w:rsid w:val="00D5245C"/>
+    <w:rsid w:val="00D64D66"/>
     <w:rsid w:val="00D6519B"/>
     <w:rsid w:val="00D65DEE"/>
     <w:rsid w:val="00D6768E"/>
     <w:rsid w:val="00D70AA7"/>
     <w:rsid w:val="00D762D1"/>
     <w:rsid w:val="00D81B0F"/>
+    <w:rsid w:val="00DC2129"/>
     <w:rsid w:val="00DC2FE0"/>
     <w:rsid w:val="00DC40CC"/>
     <w:rsid w:val="00DD1881"/>
     <w:rsid w:val="00DD5A12"/>
+    <w:rsid w:val="00E03CC8"/>
     <w:rsid w:val="00E15A0B"/>
+    <w:rsid w:val="00E168A8"/>
     <w:rsid w:val="00E25977"/>
     <w:rsid w:val="00E52885"/>
     <w:rsid w:val="00E94482"/>
+    <w:rsid w:val="00EB7844"/>
     <w:rsid w:val="00EC1EE8"/>
     <w:rsid w:val="00EF7CA6"/>
+    <w:rsid w:val="00F11CE9"/>
     <w:rsid w:val="00F1784D"/>
     <w:rsid w:val="00F25372"/>
     <w:rsid w:val="00F45B20"/>
+    <w:rsid w:val="00F47EB3"/>
     <w:rsid w:val="00F74A83"/>
     <w:rsid w:val="00F85CFE"/>
     <w:rsid w:val="00FA37A5"/>
     <w:rsid w:val="00FA7CF0"/>
     <w:rsid w:val="00FC0E2C"/>
+    <w:rsid w:val="378DF7FA"/>
+    <w:rsid w:val="4075E127"/>
+    <w:rsid w:val="6466D979"/>
+    <w:rsid w:val="6B788AF5"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="6F5BBFAB"/>
   <w14:defaultImageDpi w14:val="0"/>
-  <w15:docId w15:val="{BACD5521-FC79-4D00-B170-14598F947E18}"/>
+  <w15:docId w15:val="{F5DD3DE3-6812-4139-9AD4-C05957E505D2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -5027,52 +5328,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -5139,507 +5440,507 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:rsid w:val="006D6CD9"/>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
+  <w:style w:type="character" w:styleId="Fontepargpadro" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
+  <w:style w:type="table" w:styleId="Tabelanormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
+  <w:style w:type="numbering" w:styleId="Semlista" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Semestilodepargrafo">
+  <w:style w:type="paragraph" w:styleId="Semestilodepargrafo" w:customStyle="1">
     <w:name w:val="[Sem estilo de parágrafo]"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0" w:line="288" w:lineRule="auto"/>
       <w:textAlignment w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="MinionPro-Regular" w:hAnsi="MinionPro-Regular" w:cs="MinionPro-Regular"/>
       <w:color w:val="000000"/>
       <w:kern w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TtuloTitulosPrincipais">
+  <w:style w:type="paragraph" w:styleId="TtuloTitulosPrincipais" w:customStyle="1">
     <w:name w:val="Título (Titulos Principais)"/>
     <w:basedOn w:val="Semestilodepargrafo"/>
     <w:next w:val="SubtituloTitulosPrincipais"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="283" w:line="480" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SubtituloTitulosPrincipais">
+  <w:style w:type="paragraph" w:styleId="SubtituloTitulosPrincipais" w:customStyle="1">
     <w:name w:val="Subtitulo (Titulos Principais)"/>
     <w:basedOn w:val="Semestilodepargrafo"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="283" w:line="360" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AutoresTitulosPrincipais">
+  <w:style w:type="paragraph" w:styleId="AutoresTitulosPrincipais" w:customStyle="1">
     <w:name w:val="Autores (Titulos Principais)"/>
     <w:basedOn w:val="Semestilodepargrafo"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="003805E4"/>
     <w:pPr>
       <w:pBdr>
-        <w:top w:val="single" w:sz="4" w:space="28" w:color="auto"/>
+        <w:top w:val="single" w:color="auto" w:sz="4" w:space="28"/>
       </w:pBdr>
       <w:spacing w:before="567" w:after="567" w:line="360" w:lineRule="atLeast"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ResumoPalavraChaveTitulosPrincipais">
+  <w:style w:type="paragraph" w:styleId="ResumoPalavraChaveTitulosPrincipais" w:customStyle="1">
     <w:name w:val="Resumo/PalavraChave (Titulos Principais)"/>
     <w:basedOn w:val="Semestilodepargrafo"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="283" w:line="320" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="InterttuloTextoArtigos">
+  <w:style w:type="paragraph" w:styleId="InterttuloTextoArtigos" w:customStyle="1">
     <w:name w:val="Intertítulo (Texto Artigos)"/>
     <w:basedOn w:val="Semestilodepargrafo"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:before="283" w:after="283" w:line="360" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Sub-IntertituloTextoArtigos">
+  <w:style w:type="paragraph" w:styleId="Sub-IntertituloTextoArtigos" w:customStyle="1">
     <w:name w:val="Sub-Intertitulo (Texto Artigos)"/>
     <w:basedOn w:val="Semestilodepargrafo"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:before="170" w:after="283" w:line="360" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TextoCorridoTextoArtigos">
+  <w:style w:type="paragraph" w:styleId="TextoCorridoTextoArtigos" w:customStyle="1">
     <w:name w:val="Texto Corrido (Texto Artigos)"/>
     <w:basedOn w:val="Semestilodepargrafo"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="170" w:line="320" w:lineRule="atLeast"/>
       <w:ind w:firstLine="567"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListaNivel1ListaseMarcadores">
+  <w:style w:type="paragraph" w:styleId="ListaNivel1ListaseMarcadores" w:customStyle="1">
     <w:name w:val="Lista Nivel 1 (Listas e Marcadores)"/>
     <w:basedOn w:val="Semestilodepargrafo"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="454"/>
       </w:tabs>
       <w:spacing w:before="283" w:after="283" w:line="320" w:lineRule="atLeast"/>
       <w:ind w:firstLine="850"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListaNivel2ListaseMarcadores">
+  <w:style w:type="paragraph" w:styleId="ListaNivel2ListaseMarcadores" w:customStyle="1">
     <w:name w:val="Lista Nivel 2 (Listas e Marcadores)"/>
     <w:basedOn w:val="ListaNivel1ListaseMarcadores"/>
     <w:uiPriority w:val="99"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListaNivel3ListaseMarcadores">
+  <w:style w:type="paragraph" w:styleId="ListaNivel3ListaseMarcadores" w:customStyle="1">
     <w:name w:val="Lista Nivel 3 (Listas e Marcadores)"/>
     <w:basedOn w:val="ListaNivel2ListaseMarcadores"/>
     <w:uiPriority w:val="99"/>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListaLetraListaseMarcadores">
+  <w:style w:type="paragraph" w:styleId="ListaLetraListaseMarcadores" w:customStyle="1">
     <w:name w:val="Lista Letra (Listas e Marcadores)"/>
     <w:basedOn w:val="Semestilodepargrafo"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="454"/>
       </w:tabs>
       <w:spacing w:before="283" w:after="283" w:line="280" w:lineRule="atLeast"/>
       <w:ind w:firstLine="850"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FiguraNivel1LegendasNiveis">
+  <w:style w:type="paragraph" w:styleId="FiguraNivel1LegendasNiveis" w:customStyle="1">
     <w:name w:val="Figura Nivel 1 (Legendas Niveis)"/>
     <w:basedOn w:val="ListaNivel1ListaseMarcadores"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0" w:line="280" w:lineRule="atLeast"/>
       <w:ind w:firstLine="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TabelaNivel1LegendasNiveis">
+  <w:style w:type="paragraph" w:styleId="TabelaNivel1LegendasNiveis" w:customStyle="1">
     <w:name w:val="Tabela Nivel 1 (Legendas Niveis)"/>
     <w:basedOn w:val="Semestilodepargrafo"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:line="280" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="GraficoNivel1LegendasNiveis">
+  <w:style w:type="paragraph" w:styleId="GraficoNivel1LegendasNiveis" w:customStyle="1">
     <w:name w:val="Grafico Nivel 1 (Legendas Niveis)"/>
     <w:basedOn w:val="Semestilodepargrafo"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:line="280" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="RefernciasTextoArtigos">
+  <w:style w:type="paragraph" w:styleId="RefernciasTextoArtigos" w:customStyle="1">
     <w:name w:val="Referências (Texto Artigos)"/>
     <w:basedOn w:val="Semestilodepargrafo"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="170" w:line="320" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="NotadeRodapTextoArtigos">
+  <w:style w:type="paragraph" w:styleId="NotadeRodapTextoArtigos" w:customStyle="1">
     <w:name w:val="Nota de Rodapé (Texto Artigos)"/>
     <w:basedOn w:val="Semestilodepargrafo"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="320"/>
         <w:tab w:val="left" w:pos="454"/>
       </w:tabs>
       <w:spacing w:line="280" w:lineRule="atLeast"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Legendas-TextoCorridoImagensLegendas">
+  <w:style w:type="paragraph" w:styleId="Legendas-TextoCorridoImagensLegendas" w:customStyle="1">
     <w:name w:val="Legendas - Texto Corrido (Imagens Legendas)"/>
     <w:basedOn w:val="Semestilodepargrafo"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:line="240" w:lineRule="atLeast"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:cs="Georgia"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="SeesArtigo">
+  <w:style w:type="paragraph" w:styleId="SeesArtigo" w:customStyle="1">
     <w:name w:val="Seções Artigo"/>
     <w:basedOn w:val="Semestilodepargrafo"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="005E7387"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="359" w:after="359"/>
       <w:ind w:left="284" w:hanging="284"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:caps/>
       <w:sz w:val="28"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Subseo">
+  <w:style w:type="paragraph" w:styleId="Subseo" w:customStyle="1">
     <w:name w:val="Subseção"/>
     <w:basedOn w:val="Semestilodepargrafo"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00BA22E4"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:spacing w:before="359" w:after="359"/>
       <w:ind w:left="426" w:hanging="426"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Georgia" w:eastAsia="Times New Roman" w:hAnsi="Georgia" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TextoTabela">
+  <w:style w:type="paragraph" w:styleId="TextoTabela" w:customStyle="1">
     <w:name w:val="Texto Tabela"/>
     <w:basedOn w:val="Semestilodepargrafo"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AC7281"/>
     <w:pPr>
       <w:spacing w:line="360" w:lineRule="atLeast"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TituloTabela">
+  <w:style w:type="paragraph" w:styleId="TituloTabela" w:customStyle="1">
     <w:name w:val="Titulo Tabela"/>
     <w:basedOn w:val="TextoTabela"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00AC7281"/>
     <w:pPr>
       <w:ind w:left="1200" w:hanging="1200"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Fonte">
+  <w:style w:type="paragraph" w:styleId="Fonte" w:customStyle="1">
     <w:name w:val="Fonte"/>
     <w:basedOn w:val="Semestilodepargrafo"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00022340"/>
     <w:pPr>
       <w:spacing w:before="200" w:after="200" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="578" w:hanging="578"/>
       <w:contextualSpacing/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Notas">
+  <w:style w:type="paragraph" w:styleId="Notas" w:customStyle="1">
     <w:name w:val="Notas"/>
     <w:basedOn w:val="Semestilodepargrafo"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00022340"/>
     <w:pPr>
       <w:widowControl/>
       <w:spacing w:after="200" w:line="240" w:lineRule="auto"/>
       <w:ind w:left="567" w:hanging="567"/>
       <w:contextualSpacing/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textodenotaderodap">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodenotaderodapChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00122779"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextodenotaderodapChar">
+  <w:style w:type="character" w:styleId="TextodenotaderodapChar" w:customStyle="1">
     <w:name w:val="Texto de nota de rodapé Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Textodenotaderodap"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00122779"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdenotaderodap">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00122779"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tabelacomgrade">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tabelanormal"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00850D48"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
-        <w:top w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
-[...4 lines deleted...]
-        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="000000" w:themeColor="text1"/>
+        <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
+        <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009C3B7A"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="MenoPendente">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009C3B7A"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
@@ -5648,79 +5949,79 @@
     <w:name w:val="endnote reference"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D65DEE"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textodebalo">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextodebaloChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00D65DEE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="TextodebaloChar">
+  <w:style w:type="character" w:styleId="TextodebaloChar" w:customStyle="1">
     <w:name w:val="Texto de balão Char"/>
     <w:basedOn w:val="Fontepargpadro"/>
     <w:link w:val="Textodebalo"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00D65DEE"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="OrientaesGerais">
+  <w:style w:type="paragraph" w:styleId="OrientaesGerais" w:customStyle="1">
     <w:name w:val="Orientações Gerais"/>
     <w:basedOn w:val="SubtituloTitulosPrincipais"/>
     <w:rsid w:val="005F7B9D"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="10"/>
       </w:numPr>
       <w:spacing w:before="120" w:after="120" w:line="320" w:lineRule="exact"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="auto"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="OrientaesGerais-TopicoLetra">
+  <w:style w:type="paragraph" w:styleId="OrientaesGerais-TopicoLetra" w:customStyle="1">
     <w:name w:val="Orientações Gerais - Topico Letra"/>
     <w:basedOn w:val="OrientaesGerais"/>
     <w:rsid w:val="005F7B9D"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Times New Roman"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="405424846">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
@@ -5766,56 +6067,55 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1641153387">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:revistaparticipacao@gmail.com" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:revistaparticipacao@gmail.com" TargetMode="External"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId9" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
@@ -6082,73 +6382,51 @@
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CE25B20E-F985-4FBB-B9AA-48B4297E0DE2}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company/>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Luis Henrique Da Silva Menezes</dc:creator>
-  <cp:keywords/>
+  <keywords/>
   <dc:description/>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
+  <lastModifiedBy>Inara Carvalho de Andrade</lastModifiedBy>
+  <revision>31</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>